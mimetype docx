--- v0 (2025-11-22)
+++ v1 (2026-03-25)
@@ -1,3120 +1,10250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D48702B" w14:textId="77777777" w:rsidR="00904D27" w:rsidRPr="00C35A21" w:rsidRDefault="00904D27" w:rsidP="00904D27">
-      <w:pPr>
+    <w:p w14:paraId="746EFBDC" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ECG2A et B – espagnol – CONCOURS BLANC n°1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C1215B" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...24 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>05/11/2025 - 4h</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C297DCB" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...28 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>LV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECBB781" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="23"/>
-[...1017 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+          <w:left w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+          <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+          <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10376"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00713D26" w:rsidRPr="002E031E" w14:paraId="70F8EE79" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+              <w:left w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+              <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="384B92ED" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:kern w:val="36"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00751789">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:kern w:val="36"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Faire chaque exercice sur une feuille différente.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46505761" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:kern w:val="36"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00751789">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:kern w:val="36"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Sauter des lignes sur l’ensemble des copies.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1334F072" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:kern w:val="36"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00751789">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:kern w:val="36"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Soigner votre travail (relisez-vous et utilisez un correcteur : aucune rature)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18E1867B" w14:textId="77777777" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BBB05AE" w14:textId="122E80DA" w:rsidR="00E861D1" w:rsidRPr="00E861D1" w:rsidRDefault="00A464BC" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Remarqu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E861D1" w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>es :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12324169" w14:textId="63B634AC" w:rsidR="00E861D1" w:rsidRDefault="00E861D1" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Thème</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> encore trop de copies qui révèlent une indigence linguistique (vocabulaire, syntaxe de base non maîtrisées, tout comme les nombres, la proportion, et). Un gouffre entre une poignée de très bonnes copies et une foule de copies </w:t>
+      </w:r>
+      <w:r w:rsidR="00A464BC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">faibles voire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>très faibles.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464BC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35A21">
-[...1437 lines deleted...]
-    <w:p w14:paraId="1E77D22E" w14:textId="77777777" w:rsidR="00904D27" w:rsidRPr="0005388F" w:rsidRDefault="00904D27" w:rsidP="00904D27">
+      <w:r w:rsidR="00A464BC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Il ne faut pas négliger cet exercice et sa relecture min</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464BC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>tieuse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C6D9A1" w14:textId="490A587F" w:rsidR="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONSEILS POUR PROGRESSER : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FF779D" w14:textId="0BD8E366" w:rsidR="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="23"/>
-[...157 lines deleted...]
-    <w:p w14:paraId="6A6A16E6" w14:textId="77777777" w:rsidR="00904D27" w:rsidRPr="00C35A21" w:rsidRDefault="00904D27" w:rsidP="00904D27">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Relire attentivement les corrigés des DS et les Thème Grammaticaux ciblés corrigés en classe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6888F810" w14:textId="37367DAB" w:rsidR="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="23"/>
-[...34 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Travailler la traduction sans IA, avec juste un dictionnaire et rechercher chaque conjugaison</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0175941C" w14:textId="4A29D22F" w:rsidR="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Faire régulièrement des exercices de grammaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D69A0F5" w14:textId="6125C64F" w:rsidR="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>S’entrainer au thème (me demander si vous voulez des phrases et leur corrigé)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0431E1BA" w14:textId="5FABDC29" w:rsidR="00FB7C11" w:rsidRPr="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prendre des notes en cours !!!!! Vous ne le faites que trop peu, ce qui ne vous permet pas d’acquérir un vocabulaire plus riche ni de mémoriser les tournures fréquentes, ni de maîtriser les principales difficultés (qui sont toujours les mêmes !)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694C7B5E" w14:textId="77777777" w:rsidR="00FB7C11" w:rsidRPr="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78835EC5" w14:textId="17E44E85" w:rsidR="008D449A" w:rsidRPr="008D449A" w:rsidRDefault="00A464BC" w:rsidP="008D449A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>RAC :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D449A" w:rsidRPr="00305647">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ERREURS FREQUENTES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D7B55C" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Il faut coller plus au sujet : il est question d’aspects positifs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C678B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>→</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> il faut les présenter avec précision PUIS nuancer en montrant « la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>otra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>moneda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>c.a.d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> les aspects négatifs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085565C3" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">L’intro, concise et précise, doit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>mettre en évidence ce qui permet de faire le lien entre les docs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Ici, c’est le caractère intéressé de l’intervention américaine sous couvert d’aider les pays. Mais ce lien est parfois l’opposition entre 2 points de vue (c’était le cas pour le DS1, ou la confrontation des docs révélait une absence de consensus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2DAD6D" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se faire un squelette d’amorce et l’apprendre par cœur </w:t>
+      </w:r>
+      <w:r>
+        <w:t>peut être un moyen de ne pas SYSTEMATIQUEMENT REFAIRE LES MÊMES ERREURS !!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2663024B" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>INTRO : Il convient de présenter brièvement les docs mais il ne faut pas problématiser en Q1, juste montrer ce qui fait le lien entre les docs et qui est induit par la question !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5BCCF7" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">PLAN : compte tenu du point de vue commun aux 2 documents (ils mettent en avant les contreparties négatives de l’intervention US, il était plus logique de commencer par le positif (= termes du sujet) avant de nuancer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD2F1C7" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Les journalistes ne peuvent pas partager une opinion/ être d’accord car ils ne se sont pas « concertés ». Vous pouvez en revanche dire que les deux documents reflètent une même réalité, des inquiétudes semblables, convergent sur tel ou tel point</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A92352A" w14:textId="77777777" w:rsidR="008D449A" w:rsidRPr="003E26B7" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>La conclusion ne doit pas être une redite, ni de l’intro ni du développement = d’abord les apparences PUIS la réalité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760E45E0" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Soyez nuancés, et rendez compte des idées défendues dans les docs quand ils ne sont pas neutres !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9B965E" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241298F9" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF0CD2A" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk114645925"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I – COMPREHENSION : RÉSUMÉ ANALYTIQUE COMPARATIF (sur 30 points) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="16FB8BBE" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Répondez à la question posée en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>50 mots (+ ou – 10%) en identifiant et en comparant les informations pertinentes dans les documents 1 et 2 du dossier, sans commentaire personnel ni paraphrase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2CB670" w14:textId="77777777" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Según ambos artículos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ¿</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>en qué medida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la intervención estadounidense </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>resulta positiva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para los países latinoamericanos?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED99446" w14:textId="4C7A570C" w:rsidR="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">→il s’agissait </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ici d’identifier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>les éléments positifs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>les éléments négatifs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>en faisant preuve de nuance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFBFC79" w14:textId="2CCFF6E5" w:rsidR="00E20D73" w:rsidRPr="00E20D73" w:rsidRDefault="00E20D73" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>→En gras, les mots et expressions clés qui permettent de comprendre et nuancer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7087A612" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EFAE2EC" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Documento n°1 - Entre la soberanía y la geopolítica: el dilema de Panamá, Nivia Rossana Castrellón Echeverría (antigua vicecanciller de la República de Panamá)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E03E3F" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>la apariencia de cooperación bilateral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, el memorándum de entendimiento suscrito por el secretario de Defensa estadounidense, Pete </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Hegseth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y el ministro de Seguridad panameño, Frank Ábrego, representa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>un desmantelamiento silencioso de la soberanía</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que tanto costó conquista</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r. Más allá de los legítimos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>cuestionamientos de la constitucionalidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de lo acordado, el documento establece un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>régimen de control territorial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que contradice el Artículo V del Tratado concerniente a la Neutralidad Permanente del Canal y al Funcionamiento del Canal de Panamá, que cuenta con la adhesión de 40 países, incluidos 4 de los 5 miembros permanentes del Consejo de Seguridad de la ONU. El tratado es el pilar jurídico que establece que “solo la República de Panamá manejará el Canal y mantendrá fuerzas militares, sitios de defensa e instalaciones militares dentro de su territorio nacional”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC0A771" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las declaraciones de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Hegseth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ante el presidente Trump revelan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>interpretación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del acuerdo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “Hemos estado en el Canal de Panamá con nuestro Comando Sur, barcos, F-18, tropas (...) Firmamos un par de acuerdos históricos, uno con la Autoridad del Canal para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>un derecho de paso prioritario y libre para buques estadounidenses, y un memorándum con su ministro de seguridad para la presencia de tropas estadounidenses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en Fort Sherman, una antigua base norteamericana, así como una estación naval y aérea conjunta”. Trump aseguró: “Hemos trasladado muchas tropas a Panamá y ocupado algunas áreas que solíamos tener y que ya no teníamos, pero ahora las tenemos”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE46880" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La arquitectura del memorándum revela </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>una estrategia de dominación mediante una ambigüedad calculada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mientras el punto 3 reconoce que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>las instalaciones “siguen siendo panameñas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” conforme a la Constitución, el punto 7 autoriza “designar secciones para uso destinado al personal estadounidense”, a las que Panamá accedería “con previa notificación”. Esta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">formulación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>ransfiere el control operativo a fuerzas extranjeras mientras mantiene la apariencia de soberanía formal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6489D728" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[…] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Hegseth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dejó clara la posición estadounidense al informar a Trump: “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Aseguramos el Canal de Panamá de la influencia china</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (...) algo que usted dijo: vamos a recuperar el Canal. China ha tenido demasiada influencia (…) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Nosotros junto con Panamá los estamos expulsando”.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Estas declaraciones desvelan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>el objetivo geopolítico tras la retórica de cooperación bilateral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La Embajada china en Panamá calificó las declaraciones de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Hegseth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como “una fabricación estadounidense” y acusó a Washington de “realizar una campaña sensacionalista sobre la ‘teórica amenaza china’ para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7C11">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>sabotear la cooperación chino-panameña</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170FFF83" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>Las contradicciones en el comunicado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conjunto revelan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tensiones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>La versión</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en español reconoce “la soberanía inalienable de Panamá sobre el Canal”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>frase omitida en inglés</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Esta discrepancia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> forzó a Panamá a solicitar formalmente una corrección, evidenciando manipulación del consenso diplomático. […] El presidente de Panamá, José Raúl </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Mulino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>reveló que su Gobierno rechazó versiones que incluían “presencia militar permanente”, pero este rechazo resulta simbólico cuando el acuerdo permite presencia “rotativa”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por periodos sucesivos de tres años. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>Su declaración —“a mi país no le conviene la imagen de controversia con Estados Unidos”— establece la prioridad de apariencias sobre realidades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCA003B" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">[…] Lo más alarmante es que, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>apenas tres meses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y medio de presión sostenida desde las primeras declaraciones del presidente Trump sobre “recuperar” el Canal, han bastado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>para desmantelar parcialmente 122 años de lucha histórica panameña</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>. Desde la firma del Tratado Hay-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Bunau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Varilla en 1903, impuesto por la fuerza a una nación recién nacida, cada generación de panameños ha luchado por recuperar su soberanía territorial. La sangre derramada en enero de 1964, cuando 21 panameños murieron defendiendo su bandera, las negociaciones de una década que culminaron en los Tratados Torrijos-Carter, y el sacrificio de miles, hoy parecen relegados a una nota al pie en el nuevo capítulo que se escribe. El Tratado de Neutralidad, pilar jurídico medular, está siendo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>reinterpretado unilateralmente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10409">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>convirtiendo un instrumento de soberanía en herramienta de subordinación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>El precio a pagar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aún está por calcularse. […]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F77C7C0" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Elpais.com, 18/04/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6136F54D" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="146D8230" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Documento n°2 - Trump rescata a Milei (editorial)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48281E8A" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La promesa de intervención de EE UU para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>estabilizar la economía argentina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>ata la suerte del país a la volatilidad de Washington</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46286954" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El presidente de Argentina, Javier Milei, ha regresado de Nueva York con mucho más de lo que había ido a buscar, en un momento en el que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>su país parece acercarse de nuevo al abismo económico y él, al político</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Milei volvió con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>la promesa del presidente estadounidense</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>inédito paquete de apoyo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>: 20.000 millones de dólares, una línea de crédito sin detallar y hasta la posibilidad de que Washington compre deuda argentina. Se trata de un rescate por parte del líder de la gran potencia mundial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que esconde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>no pocos riesgos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175D8326" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El gesto de la Casa Blanca no solo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exhibe el grado de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>alineamiento entre ambos líderes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sino también </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>el cálculo político de Washington</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>. Trump ha encontrado en Milei a uno de sus aliados regionales más fieles y, de paso, a un socio útil para su propia narrativa: si Argentina sobrevive al ajuste ultraliberal será, en buena medida, gracias al padrinazgo del republicano.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>Milei devolvió la cortesía celebrando en la ONU la política migratoria y la guerra arancelaria de Trump, aunque ambas golpean directamente a la economía argentina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, y obviando cualquier referencia a la crítica situación en Gaza y el papel de Estados Unidos en la masacre perpetrada por Israel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797D1527" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00284875">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>El salvavidas llega en un momento de fragilidad extrema</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Con el peso en caída libre, las reservas del Banco Central exhaustas y la prima de riesgo en niveles que llegaron a triplicar el de enero, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>el “milagro” de Milei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amenaza con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>convertirse en pesadilla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Los mercados, que en un primer momento acompañaron el experimento de la motosierra del presidente argentino, se han vuelto en contra: la falta de divisas y la sobrevaluación del peso son señales de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>un modelo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que, más allá del voluntarismo ideológico, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>carece de sustento macroeconómico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA17CE4" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>El Gobierno respondió a la estampida con el libreto de siempre: culpando a un posible regreso del peronismo. El triunfo opositor en la provincia de Buenos Aires avivó los fantasmas de una derrota legislativa en octubre, y Milei lo utilizó para advertir que la alternativa sería el caos populista. El argumento surtió efecto en su retórica, pero no en la confianza de los inversores, que siguieron liquidando activos argentinos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24411D42" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En ese escenario apareció Trump. Más allá del oxígeno inmediato, la operación refuerza la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>dependencia de Argentina respecto de un solo aliado externo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y, peor aún, ata su suerte a la volatilidad de la política estadounidense</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Que Trump bendijese con entusiasmo la hipotética “reelección” de Milei a más de dos años de las presidenciales </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>debería encender las alarmas democráticas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La oposición, fragmentada y sin un proyecto claro, festejó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D73">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>la debilidad del Gobierno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pero haría mal en confiar solo en el desgaste del oficialismo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>El colapso de Milei arrastraría a toda la sociedad argentina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El peronismo, en particular, tiene la responsabilidad de articular una alternativa viable y renovada, más allá de la euforia por los recientes triunfos electorales. Argentina necesita estabilidad, consensos y un rumbo económico que combine realismo con sensibilidad social. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>Si Milei cree que puede gobernar únicamente con recortes y el aplauso de Trump, corre el riesgo de acelerar el deterioro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710C2C10" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Elpais.com, 27/09/25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F524BBD" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030365E7" w14:textId="7F6BEDF0" w:rsidR="005A3BBC" w:rsidRPr="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3BBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PISTES DE CORRECTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10924F64" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="008D449A" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les docs montrent des aspects contradictoires, il faut que cela apparaisse dans vos </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>RAC!!!</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="62D3E926" w14:textId="23F88851" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Utiliser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>expressions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nuancer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>complexifier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C3C9C">
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C3C9C">
+        <w:t xml:space="preserve"> las inte</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3C9C">
+        <w:t xml:space="preserve">ciones de EEUU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3C9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>no suelen ser</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>desinteresadas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>sino que</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Washington siempre busca su propio </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>interés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> así como controlar a sus aliados. La intervención de Trump </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>no es del todo</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> inocente (=</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>complètement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>La supuesta ayuda</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> es en realidad una manera de ganar legitimidad y hegemonía.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A43E94" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t xml:space="preserve">Estados Unidos se presenta como un aliado o incluso un salvador no solo económico sino geoestratégico y político. En efecto, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pretende</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> luchar contra una supuesta amenaza China en Panamá, y puede ser el aliado que necesita Milei para vencer la oposición en las próximas elecciones. Gozar del apoyo de una superpotencia es una ventaja, pero además Trump ejerce una presión indirecta sobre los electores en Argentina, y directa sobre el gobierno panameño para que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>dé el brazo a torcer</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (dar el brazo a torcer = ceder).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1601A390" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r w:rsidRPr="001247E2">
+        <w:t>No solo Milei obtuvo un r</w:t>
+      </w:r>
+      <w:r>
+        <w:t>escate económico por parte de Washington, sino que además el chantaje de Trump (que condiciona este apoyo a la permanencia del anarcocapitalista en el poder) puede ser una de las principales causas de su victoria en las posteriores elecciones legislativas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:t>, puesto que los electores, azotados por la crisis, tem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n perder el apoyo estadounidense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EC7F16" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t xml:space="preserve">Estados Unidos juega un doble juego: por un </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>lado</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> rescata a Argentina y pretende luchar contra el imperialismo chino respetando la soberanía panameña, cuando en realidad impone sus condiciones a los argentinos (que privilegian el voto del estómago a la calidad democrática), somete a su aliado Milei, vulnera la soberanía de Panamá instalando tropas y vela por sus propios intereses privilegiando Estados Unidos desde un punto de vista comercial. Todo ello de forma ambigua cuando no disimulada, con el objetivo de consolidar su propia legitimidad y la de su política (migratoria, económica ultraliberal, e internacional) y de proteger los intereses de EEUU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D45C8A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC"/>
+    <w:p w14:paraId="3BEEE30A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00305647" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Essentiel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5688C65B" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l’idée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de «otra cara de la moneda”, de “contrapartida negativa”, de “precio a pagar”, de “ayuda interesada”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E7516" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>un socio interesado (defiende sus propios intereses (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) y busca legitimar su </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>politica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) y no muy honesto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o incluso manipulador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1: cambio entre versión en inglés y versión en español, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 apoyo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de EEUU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0A37">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sometido a la victoria electoral de Milei)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035010B">
+        <w:t>Prêter attention au vocabulaire employé qui ici n’est pas ne</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">utre !!!! </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ex :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «apariencia de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cooperacion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bilateral »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>« desmantelamiento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>silencioso »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>« la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>formulacion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>« l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versión” / “reinterpretado unilateralmente”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094EB9A4" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="0035010B" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distinguir </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>la apariencias</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la realidad para destacar el carácter manipulador de EEUU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C348A97" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La dependencia (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>surtout</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0035010B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «ata su s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>uerte a la volatilidad de Washington”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B59DAA" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU a veces interviene de manera forzada (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1), no siempre a petición del otro país!!! En el caso de Panamá, EEUU quiere reducir la influencia China, que es un socio de Panamá, y así “sabotear” su cooperación según China.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306E88A8" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00FF377E" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU= un gigante que es mejor tener como amigo que como enemigo, aunque haya que renunciar a la soberanía o a la independencia (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF377E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF377E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>“a mi país no le conviene la imagen de controversia con Estados Unidos”— establece la prioridad de apariencias sobre realidades</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7D5F4A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pérdida de soberanía militar, económica, e incluso democrática (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2: Trump en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>adoubant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Milei oriente le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>résultat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>prochaines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>élections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>!)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BD4D96" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00C24BA8" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU salvador desde un punto de vista eco (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF377E">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF377E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>un socio útil para su propia narrativa: si Argentina sobrevive al ajuste ultraliberal será, en buena medida, gracias al padrinazgo del republicano.) y estratégico (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF377E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF377E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1: libra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Panama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la influencia china)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005633B6" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="005A131B" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Attention, freiner l’influence chinoise n’était pas une demande du Panama !!! C’est le souhait des USA qui se servent de ce prétexte pour envoyer des militaires et s’octroyer des passe-droits !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060A73C9" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>INTRO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A088F01" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ambos documentos publicados en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Pais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en 2025 demuestran que la influencia de las EEUU en los países de América Latina traduce más una voluntad de afirmar la hegemonía y la influencia estadounidense en el subcontinente que una voluntad de solidaridad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15630F4A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En estos dos artículos recientes publicados en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Pais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se evoca la intervención de EEUU en América Latina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6994">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a través de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los casos de Panam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Argentina, sacando a la luz el hecho de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si en apariencia esta intervención parece positiva, en realidad refuerza la dependencia del subcontinente hacia el gigante norteamericano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144E4920" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>En ambos artículos, los periodistas dan cuenta de la contrapartida negativa que conlleva para los países latinoamericanos la intervención y la ayuda de Estados Unidos, a través de los ejemplos recientes de Panamá y Argentina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A580FCB" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Si la ayuda aportada por Estados Unidos puede aportar beneficios a los países de Latinoamérica tanto a nivel económico como a nivel político, ambos artículos evidencian que existe otra cara de la moneda: la injerencia, la dominación, y la dependencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6296F1" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00CE06E3" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los artículos de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Pais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ponen ambos de manifiesto las consecuencias de la intervención estadounidense en dos países: Argentina y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Panama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>. Mientras que el primero principalmente recalca los efectos negativos / perversos de esta intervención, el segundo matiza sus beneficios evocando las contrapartidas (LV1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44457E3B" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00305647" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC"/>
+    <w:p w14:paraId="39087FBE" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A3BBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Important:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A3BBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utiliser un vocabulaire </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A3BBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>précis!</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="16195B7E" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t xml:space="preserve">Ambiguo/ ambigüedad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D79E7A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>Apariencias/ realidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE7A6E2" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>Someter/ la sumisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F9E98C" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>Un aliado/ un enemigo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E81513D" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>Pagar un precio elevado/ la otra cara de la moneda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32165F89" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>El interés propio/ el interés ajeno</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5BE476" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>Las intervenciones no son TAN positivas COMO parecen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2358469B" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t>Injerencia: intervenci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>no deseada</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>souhaitée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) en los asuntos ajenos (personales, profesionales, políticos, económicos, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C996395" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="001070E9" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r>
+        <w:t xml:space="preserve">A cambio (de) (en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>échange</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738DF23D" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00935D34" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935D34">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27930752" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B50226">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Estados Unidos es un aliado, pero no desinteresado, ambiguo cuando no/ por no decir manipulador y el precio a pagar puede ser alto (pérdida de soberanía, éxito electoral indebido) / EEUU </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B50226">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ayuda</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B50226">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pero a expensas de la soberanía, de la independencia y de la calidad democrática. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8CA3B0" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En América Latina, parece que solo hay un paso con Estados Unidos de la ayuda a la injerencia. Si puede ser un aliado precioso, sus intereses están por encima de todo y no duda en manipular (políticamente en el caso de Argentina, legalmente en el de Panamá) para imponer su hegemonía. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04707B0C" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00B50226" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C91F842" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00B8270F" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:r w:rsidRPr="00B8270F">
+        <w:t xml:space="preserve">Lien </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t>possible</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t>avec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t xml:space="preserve"> Q2 en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t>conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B8270F">
+        <w:t xml:space="preserve"> EEUU pretende apartar / contrarrestar la potencia </w:t>
+      </w:r>
+      <w:r>
+        <w:t>asiática, parece ser que América Latina esté condenada a permanecer bajo la influencia de las potencias extranjeras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B035FC4" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="005A3BBC" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30BA58C0" w14:textId="77777777" w:rsidR="001D3FA3" w:rsidRPr="00751789" w:rsidRDefault="001D3FA3" w:rsidP="001D3FA3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>II – ESSAI ARGUMENTATIF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (sur 50 points) en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>0 mots (+ ou – 10%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EB9171" w14:textId="77777777" w:rsidR="001D3FA3" w:rsidRPr="00751789" w:rsidRDefault="001D3FA3" w:rsidP="001D3FA3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>¿</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3FA3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Piensa usted que</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> América latina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>se ha librado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la influencia estadounidense?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ilustre su argumentación valiéndose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>de los documentos no utilizados en la síntesis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y movilizando sus propios conocimientos sobre el tema.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CF0331" w14:textId="7F255154" w:rsidR="001D3FA3" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">→Analyse du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>sujet:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sujet assez </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>basique, il faut s’en tenir à l’Amérique Latine et aux Etats-Unis, et la chine peut être évoquée en conclusion ou pour nuancer, mais de façon secondaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9B3525" w14:textId="0659A909" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Se ha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>librado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>signifie qu’avant elle étai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>t sous emprise. Il convient peut-être de rappeler brièvement les modalités de cette domination, avant d’interroger la situation récente et actuelle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF54405" w14:textId="77777777" w:rsidR="003050C2" w:rsidRPr="00D33F99" w:rsidRDefault="003050C2" w:rsidP="003050C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC55B0F" w14:textId="148DD8DE" w:rsidR="003050C2" w:rsidRDefault="003050C2" w:rsidP="003050C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LEXIQUE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5006DD55" w14:textId="3A19A529" w:rsidR="003050C2" w:rsidRDefault="003050C2" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Liberarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≠ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>librarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (échapper à, se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>débarraser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9B7C22" w14:textId="5FDB0F29" w:rsidR="009A1C5E" w:rsidRDefault="009A1C5E" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A1C5E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Los Estados Unidos + verbo p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lural / Estados Unidos + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>vb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> singular</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE185F0" w14:textId="77777777" w:rsidR="00500E06" w:rsidRDefault="00500E06" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ser e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76C0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ntrometido / la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intromisión / la injerencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72843791" w14:textId="6C120A40" w:rsidR="009A1C5E" w:rsidRDefault="0075112E" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075112E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Arrogarse el derecho a intervenir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E36078" w14:textId="06B1A55A" w:rsidR="00065988" w:rsidRDefault="00065988" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apropiarse de / adueñarse de / hacerse con los recursos naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22352739" w14:textId="1B947680" w:rsidR="008B5C6D" w:rsidRDefault="008B5C6D" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Despojar a América Latina de sus materias primas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0248388B" w14:textId="77777777" w:rsidR="008B5C6D" w:rsidRDefault="008B5C6D" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18EACC06" w14:textId="1596110F" w:rsidR="00065988" w:rsidRPr="0075112E" w:rsidRDefault="00065988" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Más que una colaboración, parece un saqueo (un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pillage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) de los recursos naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D490E1" w14:textId="7B91AD44" w:rsidR="0075112E" w:rsidRDefault="0075112E" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Convertirse en un aliado ineludible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F03C66" w14:textId="0F8EA187" w:rsidR="0075112E" w:rsidRDefault="0075112E" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prescindir del apoyo económico y militar de EEUU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AFB3B0" w14:textId="273F8547" w:rsidR="00005A29" w:rsidRDefault="00005A29" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Emanciparse de una grande potencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFDE64F" w14:textId="7DF23FBD" w:rsidR="00F96F89" w:rsidRDefault="00F96F89" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La dependencia a los intercambios comerciales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CB5457" w14:textId="1980694E" w:rsidR="00F96F89" w:rsidRDefault="00F96F89" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Despojar América Latina de sus recursos naturales y mantenerla en una situación de dependencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465E60CD" w14:textId="555FD606" w:rsidR="00E127CD" w:rsidRDefault="00E127CD" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Imponer su visión del mundo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC060DB" w14:textId="01235CB2" w:rsidR="00E127CD" w:rsidRDefault="00E127CD" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apoyar golpes de Estado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0346D8E2" w14:textId="634D9FF6" w:rsidR="007B6CCB" w:rsidRDefault="007B6CCB" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Permanecer bajo el yugo de EEUU/ caer en manos de China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4754F5E3" w14:textId="77777777" w:rsidR="007B6CCB" w:rsidRPr="009A1C5E" w:rsidRDefault="007B6CCB" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D551961" w14:textId="4E85A154" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>L’ESSENTIEL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F864829" w14:textId="5DA107F1" w:rsidR="006013AA" w:rsidRPr="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 moments à distinguer : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8B0863" w14:textId="77777777" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>impérialisme</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, interventionnisme, ingérence depuis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>les indépendance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jusqu’aux années 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CDA058" w14:textId="77777777" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Repliegue </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>securitario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> después de l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>os atentados del 11S de 2001: EEUU se centra más en protegerse de las amenazas (construcción del muro)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108D3CC5" w14:textId="77777777" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Repunte de las intervenciones en el segundo mandato de Trump: Panamá, Venezuela, colaboración con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Bukele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, expulsiones de migrantes, voluntad de contrarrestar China </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5006CA28" w14:textId="7509AB10" w:rsidR="006013AA" w:rsidRPr="0068790F" w:rsidRDefault="00B50FF2" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distinguer les </w:t>
+      </w:r>
+      <w:r w:rsidR="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">divers types d’influence : </w:t>
+      </w:r>
+      <w:r w:rsidR="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>économique et militaire ou politique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022F569B" w14:textId="59DADA38" w:rsidR="0068790F" w:rsidRPr="0068790F" w:rsidRDefault="0068790F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068790F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Alineamiento económico y militar de Argentina + Noboa quiere permitir bases estadounidenses en su territorio vs no alineamiento (Venezuela, Cuba)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F47487" w14:textId="351E42B2" w:rsidR="00500E06" w:rsidRPr="00500E06" w:rsidRDefault="00500E06" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500E06">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Esta influencia se debe a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l intervencionismo estadounidense que busca intereses económicos y geopolíticos, pero también a la dependencia de América Latina hacia EEUU que le compra sus materias primas y le vende productos manufacturado que no produce (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>extractivismo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + teoría de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>dependencia )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1AA36738" w14:textId="7B2656D3" w:rsidR="002D499F" w:rsidRPr="003E1172" w:rsidRDefault="002D499F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D499F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEUU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D499F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D499F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vale de l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a Doctrina Monroe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para intervenir bajo el pretexto de proteger su seguridad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D41B83" w14:textId="2BF44F01" w:rsidR="00711B46" w:rsidRPr="00711B46" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU importa muchísimos productos de algunos países como México, Colombia (hasta el 80%) que dependen de estas exportaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00711B46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La dependencia de los países hacia EEUU varia, desde un 80% de las exportaciones mexicanas hasta el 11% del comercio exterior brasileño (exporta el 32% hacia China), pero </w:t>
+      </w:r>
+      <w:r w:rsidR="00711B46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>por ahora EEUU sigue siendo el principal socio comercial de la región con un promedio del 42% de las exportaciones de Latinoamérica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B80D538" w14:textId="5CE50F35" w:rsidR="003E1172" w:rsidRPr="009D7E55" w:rsidRDefault="00711B46" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEUU </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>mantiene a otros países bajo su dominación con sanciones (Cuba, Venezuela), creando hambre y miseria en esos países a causa del desabastecimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3920ABB8" w14:textId="5150AF6D" w:rsidR="009D7E55" w:rsidRPr="00B30FFA" w:rsidRDefault="009D7E55" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC6119">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU presiona a los países</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cuando se atreven a enfrentarse a él: México, Colombia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6119">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>terminaron cediendo frente a las amenazas de aranceles</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6119">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la suspensión de visa para estudiar en el caso de Colombia cuando Petro quiso negarse a acoger colombianos expulsados de EEUU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0273CBC4" w14:textId="1C884A08" w:rsidR="00B30FFA" w:rsidRPr="003E1172" w:rsidRDefault="00B30FFA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Países alzan la voz para alertar: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093E59">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en la última cumbre so</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bre el clima, Lula (Brasil) critic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las “viejas ret</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ricas” que justifican las intervenciones militares.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5001A835" w14:textId="77777777" w:rsidR="003E1172" w:rsidRPr="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Como América Latina sigue sin desarrollarse, ni industrializarse, es dependiente de la exportación de sus materias primas y de la importación de productos. Si ya no trata tanto con EEUU, necesita otro socio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B93876B" w14:textId="26F1C4F7" w:rsidR="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Allí aparece China con sus inversiones y su proyecto “Nueva Ruta de la Seda”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F943012" w14:textId="7B1DA6C3" w:rsidR="003E1172" w:rsidRPr="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">China ha concedido préstamos: América Latina es su deudor, si no puede pagar China podría imponer contra partidas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C58083A" w14:textId="35E4C3B9" w:rsidR="003E1172" w:rsidRPr="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>China construye infraestructuras como el puerto de chancay, le sirve para su propio comercio además de permitir desarrollo en AL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA2BD85" w14:textId="35184B11" w:rsidR="003E1172" w:rsidRPr="0068790F" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">China explota los recursos naturales e incluso compró redes de electricidad (Lima), red 5G (Brasil), entonces los países dependen de ella y pierden soberanía </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113B89C8" w14:textId="3EBFCADD" w:rsidR="003E3840" w:rsidRPr="003E3840" w:rsidRDefault="0068790F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Algunos países le dan la espalda a EEUU para tratar con China</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3840">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: Brasil que integró los BRICS, países que participan a la construcción del corredor bioceánico (una carretera que pasa por Chile, Argentina, Paraguay y Brasil y permite unir los dos océanos)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C570D1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, creación del Mercosur = son intentos para </w:t>
+      </w:r>
+      <w:r w:rsidR="00C570D1" w:rsidRPr="00C570D1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>poder prescindir del apoyo estadounidense</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A40539F" w14:textId="585EEBDD" w:rsidR="0068790F" w:rsidRPr="00D33F99" w:rsidRDefault="0068790F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>otros hacen el contrario (Argentina renunció a integrar los BRICS en 2024, China era su segundo socio comercial después de Brasil, ahora comercia más con EEUU, la UE)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2AE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o siguen colaborando con EEUU en el plano comercial por la proximidad geográfica (México = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E2AE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>nearshoring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E2AE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (acercar el lugar de producción al lugar de consumo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAA123B" w14:textId="28C71649" w:rsidR="00D33F99" w:rsidRPr="00005A29" w:rsidRDefault="00D33F99" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">METHODO: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>faut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>articuler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>parties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>sous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>parties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>clair</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(« desde</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un punto de vista </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>político »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>« en</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el plano </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>económico »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/ «a nivel social”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ADEBFD" w14:textId="46A04FE6" w:rsidR="00D33F99" w:rsidRPr="00D33F99" w:rsidRDefault="00D33F99" w:rsidP="00D33F99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268CFB92" w14:textId="3822107C" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LES ERREURS A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>EVITER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44ED2522" w14:textId="562A707B" w:rsidR="006013AA" w:rsidRPr="00B50FF2" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Il faut proscrire les généralisation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76C0E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t> : l’Amérique Latine ne forme pas un tout mais un puzzle dont chaque pièce est unique même si on peut dégager des tendances communes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356F7ECB" w14:textId="68707134" w:rsidR="00B50FF2" w:rsidRPr="001A21CE" w:rsidRDefault="00B50FF2" w:rsidP="00B50FF2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Le doc 4 est souvent évoqué mais pas analysé, il faut expliquer en quoi consiste l’influence des Etats-Unis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5255822B" w14:textId="48854D1F" w:rsidR="00B50FF2" w:rsidRPr="006013AA" w:rsidRDefault="003E3840" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Attention à ne pas assimiler Trump et les USA : certes il veut être omnipotent, mais la relation USA/AL peut changer sous le prochain président, comme ça a été le cas sous Biden.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C85">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Au contraire, peu importe le président, la façon de considérer l’A.L comme un « sous-continent » à dominer semble commune à tous (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E0C85">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E0C85">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doc 5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745CF1AF" w14:textId="3E53BC26" w:rsidR="008D449A" w:rsidRDefault="002E031E" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Pistes</w:t>
+      </w:r>
+      <w:r w:rsidR="00874FF1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D295D01" w14:textId="1E94AD57" w:rsidR="00016940" w:rsidRDefault="00016940" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desde las independencias, América Latina ha conocido décadas de intervencionismo estadounidense, legitimado por la </w:t>
+      </w:r>
+      <w:r w:rsidR="00065988">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Doctrina Monroe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y la política del “Big </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Stick”</w:t>
+      </w:r>
+      <w:r w:rsidR="002E031E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>para</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002E031E" w:rsidRPr="002E031E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E031E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>proteger el nuevo continente del imperialismo europeo</w:t>
+      </w:r>
+      <w:r w:rsidR="002E031E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y después de la influencia comunista de la URSS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44202F04" w14:textId="1B14BA3B" w:rsidR="00016940" w:rsidRDefault="00016940" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Si en las dos primeras décadas del siglo XXI, dichas intervenciones fueron más escasas, con el nuevo mandato de Trump, un presidente expansionista, podemos preguntarnos en qué medida América Latina se ha librado de la influencia de EEUU o si sigue siendo su patio trasero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B94A086" w14:textId="77777777" w:rsidR="00065988" w:rsidRDefault="00065988" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Nueva lectura en el contexto de guerra fría para velar por la seguridad de EEUU e impedir el auge del comunismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297363D4" w14:textId="614522BF" w:rsidR="00065988" w:rsidRDefault="00065988" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participaron de cerca o lejos en 7 golpes de Estado, y cabe precisar que fue independiente del bando </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>poliicp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del presidente de turno, lo que muestra una actitud …?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3E1F5EEC" w14:textId="1A722EA0" w:rsidR="00874FF1" w:rsidRDefault="00874FF1" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>China se ha convertido en un socio comercial ineludible a través de una inversión masiva, mediante préstamos y construcción de infraestructuras estratégicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22730CB2" w14:textId="462991B3" w:rsidR="002E031E" w:rsidRDefault="002E031E" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E031E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>EXEMPLE D’ESSAI (Bravo à R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>aphaël)</w:t>
+      </w:r>
+      <w:r w:rsidR="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MEMORISER LES EXPRESSIONS ET CONNECTEURS SURLIGNÉS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D46FA6E" w14:textId="27916509" w:rsidR="002E031E" w:rsidRDefault="002E031E" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E031E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">América Latina conoció </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">desde las independencias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>cerca de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos siglos de intervencionismo repetido </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>por parte de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Estados Unidos, legitimado por la Doctrina Monroe y la política del “Big </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Stick</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Pero desde hace dos décadas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, las intervenciones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>se hicieron cada vez más</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> escasas/ raras, hasta el regreso a la Casa Blanca de Trump, presidente expansionista. ¿Es Latinoamérica </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>todavía</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el patio trasero de EEUU? / ¿Sigue siendo América Latina el patio trasero de EEUU?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD01703" w14:textId="75857EE2" w:rsidR="002E031E" w:rsidRDefault="002E031E" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En primer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>lugar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pienso que América Latina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ya no se puede considerar como</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el patio trasero de EEUU porque hay una diferencia de intensidad entre el intervencionismo de antes y el de ahora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4453C865" w14:textId="28238F51" w:rsidR="002E031E" w:rsidRDefault="002E031E" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>En efecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, durante la Guerra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1945-1991), el intervencionismo</w:t>
+      </w:r>
+      <w:r w:rsidR="002553F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estadounidense fue intensivo porque el país del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002553F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002553F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sam tuvo miedo de la amenaza comunista y vio en los países de izquierda y extrema izquierda un potencial futuro “enemigo interior” en el continente. El país norteamericano hizo todo lo que estaba en su poder para contrarrestar la expansión “roja” apoyando golpes de Estado (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002553F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002553F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) y operaciones de represión. </w:t>
+      </w:r>
+      <w:r w:rsidR="002553F9" w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002553F9" w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002553F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Operación Condor (1972-1984) marcó una década de cooperación de los servicios de inteligencia de EEUU (la CIA) con las dictaduras de derecha de la época (como la de Pinochet en Chile tras su golpe de Estado en 1973).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB2F854" w14:textId="1746E000" w:rsidR="002553F9" w:rsidRDefault="002553F9" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Por otra parte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, si EEUU siempre quiso hacerse con las materias primas de AL, convirtiendo al subcontinente en un socio comercial sometido y dependiente de las exportaciones (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3), su influencia en la región ha menguado / se ha reducido en los últimos años. </w:t>
+      </w:r>
+      <w:r w:rsidR="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l reciente auge de la influencia China en el subcontinente se analiza como un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">reemplazo de EEUU por un socio menos intervencionista y mas “generoso” porque China invierte sin pedir nada a cambio, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>al menos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en apariencia</w:t>
+      </w:r>
+      <w:r w:rsidR="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:r w:rsidR="00966744" w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>de momento</w:t>
+      </w:r>
+      <w:r w:rsidR="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su creciente presencia beneficia a Latinoamérica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BCC493" w14:textId="7A024AC2" w:rsidR="00966744" w:rsidRDefault="00966744" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>No obstante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, cuando veo las recientes intervenciones de Trump y sus declaraciones expansionistas, no puedo evitar pensar en un posible retorno del intervencionismo norteamericano a su nivel de 1975, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>o incluso peor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F746A5" w14:textId="352E6C2D" w:rsidR="00966744" w:rsidRDefault="00966744" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Primero, si hubo un repliegue relativo de los EEUU en la política del subcontinente desde los atentados de 2001, hubo también 3 participaciones a golpes de Estado entre 2000 y 2010 según el documento 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7422106B" w14:textId="237F5805" w:rsidR="00966744" w:rsidRDefault="00966744" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Además, pienso que los ataques en buques venezolanos con el pretexto de luchar contra el narcotráfico (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>constituyen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una tentativa / un intento de desestabilizar a Maduro porque es de extrema izquierda. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Por otra parte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la colaboración entre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Bukele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Trump para extraditar presos hacia el CECOT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>evidencia que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trump parece ser un socio imprescindible para muchos países de Latinoamérica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B84D0F2" w14:textId="136F62E1" w:rsidR="00966744" w:rsidRPr="002E031E" w:rsidRDefault="00966744" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Para terminar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, si pienso que AL se independizó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966744">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>en cierta medida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la hegemonía estadounidense, no se puede descartar un riesgo de retorno a una situación parecida a la de la guerra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F33AA1A" w14:textId="77777777" w:rsidR="00874FF1" w:rsidRPr="002E031E" w:rsidRDefault="00874FF1" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6654BC7A" w14:textId="419682F3" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>III – Traduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7DC914" w14:textId="01459AEA" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Documento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n°3 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Crise entre les États-Unis et le Venezuela : le navire de guerre américain a quitté Trinité-et-Tobago</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3486"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00713D26" w14:paraId="2F345C95" w14:textId="77777777" w:rsidTr="00713D26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="164081DE" w14:textId="3E10C23F" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Langue source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C2DAE5" w14:textId="7CF7FA08" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Langue cible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25545457" w14:textId="740EAB44" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Faits de langue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00713D26" w:rsidRPr="00713D26" w14:paraId="55E1A443" w14:textId="77777777" w:rsidTr="00713D26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D084D8" w14:textId="54538C92" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00713D26">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’USS </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00713D26">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Gravely</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, un navire de guerre américain qui était à </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00713D26">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Trinité-et-Tobago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> depuis dimanche dans le cadre du déploiement militaire américain dans les Caraïbes pour une opération antidrogue,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0884F53D" w14:textId="126EFC22" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El US </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Gravely</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, un b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uque de guerra estadounidense que estaba/ se encontraba en Trinidad y Tobago </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>desde el domingo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>en el marco de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / en el contexto del despliegue militar norteamericano en el Caribe para una operación antidroga / antinarcos,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC0E36C" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00713D26" w:rsidRPr="002E031E" w14:paraId="53E47AD7" w14:textId="77777777" w:rsidTr="00713D26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="091FC383" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> quitté comme prévu jeudi ce petit archipel situé près du </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00713D26">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Venezuela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, ont constaté des journalistes de l'AFP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C678C42" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7CABB9" w14:textId="538BDE6A" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dejó </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>como estaba previsto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ese archipiélago situado</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cerca de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Venezuela </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>el jueves</w:t>
+            </w:r>
+            <w:r w:rsidR="00A464BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A464BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>han constatado periodistas de la AFP.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A04BC7" w14:textId="77777777" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Choix du temps du p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assé : passé simple car daté</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38D4B9B1" w14:textId="1F17D45D" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">El </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>jueves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« jeudi », qu’il s’agisse de celui qui vient de passer ou du prochain </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00713D26" w:rsidRPr="002E031E" w14:paraId="5D9141E9" w14:textId="77777777" w:rsidTr="00713D26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E97EA4" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La présence de ce bateau a déclenché l'ire de Caracas qui estimait qu'il s'agissait d'une </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>« provocation »</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>pouvant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> générer une </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>« guerre »</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F37B509" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1729141B" w14:textId="62E0691F" w:rsidR="00713D26" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>La presencia de este b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uque / de dicho buque </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>provocó</w:t>
+            </w:r>
+            <w:r w:rsidR="00A464BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/ desencadenó</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>la ira de Caracas que consideraba que se trataba de “una provocación “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>que podía generar/ provocar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>una guerra”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF510C6" w14:textId="46AF1318" w:rsidR="00713D26" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="008413D8">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traduction du participe </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>présent:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ci ce n’est pas de la simultanéité ni de la successivité (donc ni du gérondif ni «al + infinitif)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3397ED3E" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="008413D8" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37C06CFD" w14:textId="42CEE579" w:rsidR="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Les États-Unis, qui ont déployé une armada dans les Caraïbes, procèdent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> depuis début août</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à des frappes dans le Pacifique contre des bateaux qu’ils présentent comme appartenant à des narcotrafiquants. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3486"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008413D8" w14:paraId="37D5A5EC" w14:textId="77777777" w:rsidTr="008413D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB6C3B5" w14:textId="47B84506" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Langue source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="347EB146" w14:textId="0F8FA3D1" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Langue cible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B639EF2" w14:textId="323214C3" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Faits de langue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008413D8" w:rsidRPr="002E031E" w14:paraId="601376BA" w14:textId="77777777" w:rsidTr="008413D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4B19E4" w14:textId="6C9C1F16" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Au total, le gouvernement Trump a revendiqué quinze attaques ces dernières semaines,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2CFA6C" w14:textId="06659177" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En total, el gobierno </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trump </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>reivindicó</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> quince </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ataques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> estas últimas semanas,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8FDCB9" w14:textId="1C93E048" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="008413D8">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Choix du temps du passé : plutôt le passé simple car ponctuel et daté, mais le passé composé serait ici toléré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> car le processus/ le conflit n’est pas achevé</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008413D8" w:rsidRPr="002E031E" w14:paraId="101F798A" w14:textId="77777777" w:rsidTr="008413D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BEAF62" w14:textId="0FDE8219" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>faisant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> selon lui soixante-deux morts, sans apporter la preuve de liens entre ces personnes et le narcotrafic.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5B3F6E" w14:textId="33D01589" w:rsidR="008413D8" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">haciendo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>según él más d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e sesenta y dos muertos, sin aportar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>la prueba de vínculos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> entre esas personas y el narcotráfico.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9D5054" w14:textId="347FD638" w:rsidR="008413D8" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00857A11">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Traduction du participe présent : simultanéité/manière → gérondif</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008413D8" w:rsidRPr="00DA3AFA" w14:paraId="5C642769" w14:textId="77777777" w:rsidTr="008413D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22866080" w14:textId="16463BC9" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008413D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>La légalité de cette campagne militaire est largement mise en doute par les experts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1830DF47" w14:textId="2BF54FAA" w:rsidR="008413D8" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>La legalidad de esta c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ampaña </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">es ampliamente cuestionada / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>puesta en entredicho</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> por los expertos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C2F5CE" w14:textId="77777777" w:rsidR="008413D8" w:rsidRPr="00DA3AFA" w:rsidRDefault="00857A11" w:rsidP="00857A11">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Voix passive avec complément d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’agent identifié : </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ser</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>p.passé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="25F252ED" w14:textId="05596FAE" w:rsidR="00DA3AFA" w:rsidRPr="00DA3AFA" w:rsidRDefault="00DA3AFA" w:rsidP="00DA3AFA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NB: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>l’espagnol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>tendance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>préférer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>voix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> active (Los expertos ponen ampliamente en entredicho la legalidad de esta campa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ña)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7BEC0370" w14:textId="77777777" w:rsidR="008413D8" w:rsidRPr="00DA3AFA" w:rsidRDefault="008413D8" w:rsidP="00713D26">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C21F315" w14:textId="4C737B99" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le président Donald Trump, qui a reconnu avoir autorisé des opérations clandestines de la CIA sur le territoire vénézuélien, a aussi évoqué des frappes terrestres visant des objectifs narcoterroristes. Pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Nicolás</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Maduro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, Washington se sert du trafic de drogue comme prétexte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>« pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> imposer un changement de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>régime »</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et s’emparer du pétrole vénézuélien. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1B332E" w14:textId="1ACA34EB" w:rsidR="00713D26" w:rsidRPr="00B203A2" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sur son réseau Truth Social, Donald Trump a annoncé mardi que les forces américaines avaient mené un bombardement contre une petite embarcation se trouvant « dans les eaux internationales » et « transportant de la drogue à destination des États-Unis ». Selon le président américain, les trafiquants appartenaient au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Tren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Aragua, organisation criminelle vénézuélienne implantée dans plusieurs pays et classée comme organisation terroriste par les USA.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3486"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00857A11" w14:paraId="53A70D11" w14:textId="77777777" w:rsidTr="00857A11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7311AF" w14:textId="388C5F61" w:rsidR="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Langue source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7A5B29" w14:textId="7E72F2C7" w:rsidR="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Langue cible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00082604" w14:textId="29B2164E" w:rsidR="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Faits de langue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857A11" w:rsidRPr="009D433D" w14:paraId="682AB1E9" w14:textId="77777777" w:rsidTr="00857A11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAD260F" w14:textId="099E46A1" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Le message accompagné d’une vidéo de la frappe est clairement un coup de communication du président républicain.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F99EF9A" w14:textId="08538CBE" w:rsidR="00857A11" w:rsidRPr="0081100A" w:rsidRDefault="0081100A" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El mensaje acompañado de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>un video</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del ataque es</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/constituye</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> claramente una jugada</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/ un golpe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de comunicación del presidente </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>republicano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="408CDFF2" w14:textId="77777777" w:rsidR="009D433D" w:rsidRDefault="009D433D" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D433D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autres expressions </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009D433D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>possibles:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009D433D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CFB057" w14:textId="77777777" w:rsidR="00857A11" w:rsidRPr="00E861D1" w:rsidRDefault="009D433D" w:rsidP="009D433D">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“sin lugar a </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>duda »</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>sans</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>l’ombre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>d’un</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>doute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F89E532" w14:textId="6C06A8C4" w:rsidR="009D433D" w:rsidRPr="009D433D" w:rsidRDefault="009D433D" w:rsidP="009D433D">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>obviamente</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857A11" w:rsidRPr="00713AAA" w14:paraId="27253744" w14:textId="77777777" w:rsidTr="00857A11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F8367F" w14:textId="48A48D2F" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>À destination de son électorat mais aussi pour accentuer la pression sur son homologue vénézuélien.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754F93D4" w14:textId="26E336EA" w:rsidR="00857A11" w:rsidRPr="0081100A" w:rsidRDefault="0081100A" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA41D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Destinado a</w:t>
+            </w:r>
+            <w:r w:rsidR="00713AAA" w:rsidRPr="00713AAA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>/ dirigido a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su electorado / sus </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>votantes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713AAA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pero </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0081100A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">también para </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA41D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>acentuar/ intensificar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la presión sobre su homólogo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA41D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>venezolano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32818B60" w14:textId="77777777" w:rsidR="00857A11" w:rsidRDefault="00713AAA" w:rsidP="00713AAA">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Traduction de MAIS!!!!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E72939" w14:textId="6EA05304" w:rsidR="00713AAA" w:rsidRPr="00713AAA" w:rsidRDefault="00713AAA" w:rsidP="00713AAA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713AAA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Ici il s’agit d’apporter u</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>ne nuance, une info supplémentaire (et pas de contredire !) = PERO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857A11" w:rsidRPr="002E031E" w14:paraId="5C8F67F5" w14:textId="77777777" w:rsidTr="00857A11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C5F116" w14:textId="417B5B79" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>C’est un secret de polichinelle : l’administration Trump veut renverser le régime autoritaire vénézuélien, trop proche de la Chine et de Cuba au goût des USA et plus que contesté dans son propre pays.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BEBA7A" w14:textId="1A434744" w:rsidR="00857A11" w:rsidRPr="00CA41D3" w:rsidRDefault="00CA41D3" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA41D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Es un secreto a v</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>oces / es un secreto que todos conocen</w:t>
+            </w:r>
+            <w:r w:rsidR="00713AAA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00713AAA" w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>no es un secreto para nadi</w:t>
+            </w:r>
+            <w:r w:rsidR="00713AAA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: la administración Trump quiere </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>derrocar</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3AFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/ acabar con</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> el régimen autoritario venezolano, demasiado </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA41D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>cercano a / próximo a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> China y Cuba </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA41D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>en opinión de / del gusto de / según</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> los Estados Unidos y más que </w:t>
+            </w:r>
+            <w:r w:rsidR="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">criticado / </w:t>
+            </w:r>
+            <w:r w:rsidR="00B203A2" w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>cuestionado</w:t>
+            </w:r>
+            <w:r w:rsidR="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en su propio país. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FEF9315" w14:textId="77777777" w:rsidR="00E861D1" w:rsidRPr="00E861D1" w:rsidRDefault="00E861D1" w:rsidP="00BB5FC1">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Double</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>négation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conozco a nadie / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> me gusta nada / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> viajo nunca</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="450499DC" w14:textId="0B82B1E7" w:rsidR="00857A11" w:rsidRPr="00E861D1" w:rsidRDefault="00BB5FC1" w:rsidP="00BB5FC1">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>“Proche de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>”:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>dans l’espace = “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cerca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de » / affectif ou idéologique = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>« </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cercano</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a », « </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>proximo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857A11" w:rsidRPr="00B203A2" w14:paraId="4FAD1ECD" w14:textId="77777777" w:rsidTr="00857A11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04941672" w14:textId="5CEFEA7A" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Mais surtout parce que le pays de 28 millions d’habitants détient les premières réserves mondiales de pétrole brut (près de 302 milliards de barils, soit un cinquième des réserves) et les quatrièmes de gaz naturel.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402DD13B" w14:textId="4B5E2376" w:rsidR="00857A11" w:rsidRPr="00B203A2" w:rsidRDefault="00B203A2" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pero </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>sobre todo / más que nada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> porque el país de </w:t>
+            </w:r>
+            <w:r w:rsidR="00C85752">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>veintiocho</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> millones de habitantes tiene</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>/ posee / cuenta con</w:t>
+            </w:r>
+            <w:r w:rsidR="008B576E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/ concentra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> las primeras reservas mundiales de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>crudo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>cerca de / casi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C85752">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>trescientos dos mil millones de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> barriles, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>o sea / es decir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF1DE6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>la quinta parte de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> las reservas) y </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF1DE6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>las cuartas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de gas natural.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DFDA77" w14:textId="77777777" w:rsidR="00857A11" w:rsidRDefault="00AF1DE6" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">La </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>proportion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B29ED1A" w14:textId="77777777" w:rsidR="00AF1DE6" w:rsidRPr="00AF1DE6" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un barril de cada cinco viene de Venezuela </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>barril</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sur cinq provient du Venezuela)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0308CDE4" w14:textId="77777777" w:rsidR="00AF1DE6" w:rsidRPr="00AF1DE6" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Venezuela posee la quinta parte / un quinto de las </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>reservas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(Le Venezuela possède un cinquième des réserves)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AEE6C9B" w14:textId="77777777" w:rsidR="00AF1DE6" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A642BAF" w14:textId="19465E72" w:rsidR="00AF1DE6" w:rsidRPr="00AB12E1" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB12E1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">≠ Les </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB12E1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>ordinaux:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="3C40620D" w14:textId="35DF8582" w:rsidR="00AF1DE6" w:rsidRPr="00E861D1" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El primero, el segundo, el tercero, el cuarto, el quinto, el sexto, el séptimo, el octavo, el noveno, el décimo, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="08A58B5A" w14:textId="1A099B01" w:rsidR="00AF1DE6" w:rsidRPr="00E861D1" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Ej</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Venezuela es el quinto productor de gas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(= le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>cinquième</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>producteur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>gaz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E861D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C098A7" w14:textId="5B9AE493" w:rsidR="00AF1DE6" w:rsidRPr="00AF1DE6" w:rsidRDefault="00AF1DE6" w:rsidP="00AF1DE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857A11" w:rsidRPr="00B203A2" w14:paraId="7F8849D3" w14:textId="77777777" w:rsidTr="00857A11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F837A09" w14:textId="0F876D50" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Un trésor qui échappe pour l’instant à l’économie américaine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31ED83C3" w14:textId="45098F45" w:rsidR="00857A11" w:rsidRPr="00B203A2" w:rsidRDefault="00B203A2" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un tesoro que </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B203A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>de momento / por ahora</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> escapa a la economía norteamericana. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE4972B" w14:textId="77777777" w:rsidR="00857A11" w:rsidRPr="00B203A2" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="06F8EEA1" w14:textId="77777777" w:rsidR="00857A11" w:rsidRPr="00B203A2" w:rsidRDefault="00857A11" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20872808" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Officiellement, « il s’agit d’une opération de lutte contre le trafic de drogue », assure le chef de la diplomatie américaine Marco Rubio. Car les USA accusent le chef de l’État vénézuélien, Nicolas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Maduro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, de diriger un réseau de trafic de drogue. Pour la sociologue vénézuélienne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Ligia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bolivar, citée dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Le Monde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, « les États-Unis construisent un nouveau récit dans le seul but de justifier une action militaire ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1776D8" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Figaro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>avec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AFP, 29/10/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3748A9" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02EB4F8B" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18573A4D" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6564554B" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Documento n°4 – Intervenciones de EE.UU. en América - historiaybiografias.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55290D5D" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CD84E43" wp14:editId="513F275F">
+            <wp:extent cx="5405770" cy="3596640"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="3810"/>
+            <wp:docPr id="1439275709" name="Imagen 1" descr="Intervencionismo de Estados Unidos en America Latina en el Siglo XIX"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Intervencionismo de Estados Unidos en America Latina en el Siglo XIX"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5417258" cy="3604283"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F290F0" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EAF0D18" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C963D9E" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Documento n°5 – Participación de EEUU en golpes de Estado en AL desde 1950 - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hispanTV</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1AC69F75" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ED648D7" wp14:editId="7DB55E6E">
+            <wp:extent cx="6347460" cy="3572190"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="2103789451" name="Imagen 3" descr="Infografía de HispanTV."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 11" descr="Infografía de HispanTV."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6351119" cy="3574249"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E002CD" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71712253" w14:textId="77777777" w:rsidR="00F201E7" w:rsidRDefault="00F201E7"/>
+    <w:sectPr w:rsidR="00F201E7" w:rsidSect="00713D26">
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6D9E4B2F" w14:textId="77777777" w:rsidR="00660AFF" w:rsidRDefault="00660AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4B5974B2" w14:textId="77777777" w:rsidR="00660AFF" w:rsidRDefault="00660AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="916524079"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="31F4ABC1" w14:textId="77777777" w:rsidR="00713D26" w:rsidRDefault="00713D26">
+        <w:pPr>
+          <w:pStyle w:val="Pieddepage"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="126DE674" w14:textId="77777777" w:rsidR="00713D26" w:rsidRDefault="00713D26">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="074C2A7C" w14:textId="77777777" w:rsidR="00660AFF" w:rsidRDefault="00660AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="677B5726" w14:textId="77777777" w:rsidR="00660AFF" w:rsidRDefault="00660AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="36EDEDF2" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="001247E2" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001247E2">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fue lo que en efecto p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en octubre de 2025, con las elecciones en las cuales Milei gan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, haciéndose con el poder legislativo que hasta entonces no estaba entre sus manos.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CAB5808"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="2A970CB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB3A2E56"/>
+    <w:lvl w:ilvl="0" w:tplc="2E68CA70">
+      <w:start w:val="2025"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50B201B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7701CD4"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1364" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2084" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2804" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3524" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4244" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4964" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5684" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6404" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57AC345F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A9CBAB2"/>
+    <w:lvl w:ilvl="0" w:tplc="0A746D22">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58893E01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="908244E6"/>
+    <w:lvl w:ilvl="0" w:tplc="CF78B9E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B1D42F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7647608"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1364" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2084" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2804" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3524" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4244" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4964" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5684" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6404" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1277903624">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66F219F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1C82360"/>
+    <w:lvl w:ilvl="0" w:tplc="AF6AE068">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DAB14AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CCFEB4F4"/>
+    <w:lvl w:ilvl="0" w:tplc="4838FC04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EE636F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34C4B736"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1121533319">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="577788376">
+  <w:num w:numId="2" w16cid:durableId="873470078">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1315258141">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1129664149">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2005738990">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1269971893">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1751539021">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="225184018">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00904D27"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00904D27"/>
+    <w:rsidRoot w:val="00713D26"/>
+    <w:rsid w:val="00005A29"/>
+    <w:rsid w:val="00016940"/>
+    <w:rsid w:val="00065988"/>
+    <w:rsid w:val="001D3FA3"/>
+    <w:rsid w:val="001D6056"/>
+    <w:rsid w:val="002317AB"/>
+    <w:rsid w:val="002553F9"/>
+    <w:rsid w:val="00284875"/>
+    <w:rsid w:val="0028793D"/>
+    <w:rsid w:val="002D499F"/>
+    <w:rsid w:val="002E031E"/>
+    <w:rsid w:val="003050C2"/>
+    <w:rsid w:val="003E1172"/>
+    <w:rsid w:val="003E3840"/>
+    <w:rsid w:val="00500E06"/>
+    <w:rsid w:val="005A3BBC"/>
+    <w:rsid w:val="006013AA"/>
+    <w:rsid w:val="0065130B"/>
+    <w:rsid w:val="00660AFF"/>
+    <w:rsid w:val="00666593"/>
+    <w:rsid w:val="0068790F"/>
+    <w:rsid w:val="00711B46"/>
+    <w:rsid w:val="00713AAA"/>
+    <w:rsid w:val="00713D26"/>
+    <w:rsid w:val="0075112E"/>
+    <w:rsid w:val="00760065"/>
+    <w:rsid w:val="007B6CCB"/>
+    <w:rsid w:val="007F037E"/>
+    <w:rsid w:val="0081100A"/>
+    <w:rsid w:val="008413D8"/>
+    <w:rsid w:val="00857A11"/>
+    <w:rsid w:val="00874FF1"/>
+    <w:rsid w:val="008B576E"/>
+    <w:rsid w:val="008B5C6D"/>
+    <w:rsid w:val="008D449A"/>
+    <w:rsid w:val="008E2AE8"/>
     <w:rsid w:val="00952FC6"/>
+    <w:rsid w:val="00966744"/>
+    <w:rsid w:val="009A1C5E"/>
+    <w:rsid w:val="009D433D"/>
+    <w:rsid w:val="009D7E55"/>
+    <w:rsid w:val="009E0C85"/>
+    <w:rsid w:val="00A464BC"/>
+    <w:rsid w:val="00A76C0E"/>
+    <w:rsid w:val="00A7747B"/>
+    <w:rsid w:val="00AB12E1"/>
+    <w:rsid w:val="00AF1DE6"/>
+    <w:rsid w:val="00B07B04"/>
+    <w:rsid w:val="00B203A2"/>
+    <w:rsid w:val="00B30FFA"/>
+    <w:rsid w:val="00B50FF2"/>
+    <w:rsid w:val="00BB5998"/>
+    <w:rsid w:val="00BB5FC1"/>
     <w:rsid w:val="00BE64D0"/>
     <w:rsid w:val="00BF4F51"/>
-    <w:rsid w:val="00C35A21"/>
+    <w:rsid w:val="00C10409"/>
+    <w:rsid w:val="00C570D1"/>
+    <w:rsid w:val="00C85752"/>
+    <w:rsid w:val="00CA41D3"/>
+    <w:rsid w:val="00D20429"/>
+    <w:rsid w:val="00D33F99"/>
+    <w:rsid w:val="00DA3AFA"/>
+    <w:rsid w:val="00E127CD"/>
+    <w:rsid w:val="00E20D73"/>
+    <w:rsid w:val="00E861D1"/>
+    <w:rsid w:val="00EC6119"/>
     <w:rsid w:val="00F201E7"/>
+    <w:rsid w:val="00F25C2B"/>
+    <w:rsid w:val="00F96F89"/>
+    <w:rsid w:val="00FB7C11"/>
+    <w:rsid w:val="00FF63F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="662A2670"/>
+  <w14:docId w14:val="32A87D6F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6BB1C753-2E54-466B-BDD2-F4D792A74EE3}"/>
+  <w15:docId w15:val="{CAF6B7D4-0A28-404B-93E0-DB485324E2BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3160,51 +10290,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3474,646 +10604,744 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w14:ligatures w14:val="none"/>
+      <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40"/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40"/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
     <w:name w:val="Titre 3 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
     <w:name w:val="Titre 4 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
     <w:name w:val="Titre 5 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
     <w:name w:val="Titre 6 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre7Car">
     <w:name w:val="Titre 7 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre8Car">
     <w:name w:val="Titre 8 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
     <w:name w:val="Titre 9 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitreCar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
-      <w:spacing w:after="80"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
     <w:name w:val="Titre Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sous-titre">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Sous-titreCar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
     <w:name w:val="Sous-titre Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Sous-titre"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citation">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitationCar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
-      <w:spacing w:before="160"/>
+      <w:spacing w:before="160" w:line="278" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
     <w:name w:val="Citation Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Citation"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Accentuationintense">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citationintense">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitationintenseCar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360"/>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitationintenseCar">
     <w:name w:val="Citation intense Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Citationintense"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rfrenceintense">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Accentuation">
-[...4 lines deleted...]
-    <w:rsid w:val="00904D27"/>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00713D26"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...31 lines deleted...]
-    <w:rPr>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00904D27"/>
+    <w:rsid w:val="00713D26"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00713D26"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00713D26"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A3BBC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedebasdepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A3BBC"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A3BBC"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/es/2025/06/25/espanol/america-latina/mexico-vector-romo-lavado-tesoro.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/es/2025/01/21/espanol/estados-unidos/trump-carteles-narco-terroristas.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/es/2025/08/30/espanol/america-latina/mexico-sheinbaum-trump.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/es/2024/06/02/espanol/elecciones-mexico-resultados.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lefigaro.fr/flash-actu/exercices-militaires-a-trinite-et-tobago-le-venezuela-annonce-l-arrestation-de-mercenaires-lies-a-la-cia-20251026" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lefigaro.fr/international/pour-lutter-contre-l-immigration-illegale-les-etats-unis-deploient-un-destroyer-lance-missiles-dans-le-golfe-du-mexique-20250317" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lefigaro.fr/flash-eco/crise-avec-les-etats-unis-le-venezuela-stoppe-ses-accords-sur-le-gaz-avec-trinite-et-tobago-20251028" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4371,70 +11599,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5545</Characters>
+  <Pages>12</Pages>
+  <Words>5256</Words>
+  <Characters>28909</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>240</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6540</CharactersWithSpaces>
+  <CharactersWithSpaces>34097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Magali Vion</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>