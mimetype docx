--- v0 (2025-11-22)
+++ v1 (2026-03-25)
@@ -146,51 +146,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:left w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10376"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00713D26" w:rsidRPr="005A3BBC" w14:paraId="70F8EE79" w14:textId="77777777">
+      <w:tr w:rsidR="00713D26" w:rsidRPr="00016940" w14:paraId="70F8EE79" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="384B92ED" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:kern w:val="36"/>
                 <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751789">
@@ -475,78 +475,252 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Prendre des notes en cours !!!!! Vous ne le faites que trop peu, ce qui ne vous permet pas d’acquérir un vocabulaire plus riche ni de mémoriser les tournures fréquentes, ni de maîtriser les principales difficultés (qui sont toujours les mêmes !)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694C7B5E" w14:textId="77777777" w:rsidR="00FB7C11" w:rsidRPr="00FB7C11" w:rsidRDefault="00FB7C11" w:rsidP="00FB7C11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56B0A3B7" w14:textId="5368D356" w:rsidR="00A464BC" w:rsidRDefault="00A464BC" w:rsidP="00713D26">
+    <w:p w14:paraId="78835EC5" w14:textId="17E44E85" w:rsidR="008D449A" w:rsidRPr="008D449A" w:rsidRDefault="00A464BC" w:rsidP="008D449A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3FA3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>RAC :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008D449A" w:rsidRPr="00305647">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ERREURS FREQUENTES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D7B55C" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Il faut coller plus au sujet : il est question d’aspects positifs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C678B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>→</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> il faut les présenter avec précision PUIS nuancer en montrant « la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>otra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>moneda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>c.a.d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> les aspects négatifs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085565C3" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">L’intro, concise et précise, doit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE06E3">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>mettre en évidence ce qui permet de faire le lien entre les docs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Ici, c’est le caractère intéressé de l’intervention américaine sous couvert d’aider les pays. Mais ce lien est parfois l’opposition entre 2 points de vue (c’était le cas pour le DS1, ou la confrontation des docs révélait une absence de consensus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2DAD6D" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se faire un squelette d’amorce et l’apprendre par cœur </w:t>
+      </w:r>
+      <w:r>
+        <w:t>peut être un moyen de ne pas SYSTEMATIQUEMENT REFAIRE LES MÊMES ERREURS !!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2663024B" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>INTRO : Il convient de présenter brièvement les docs mais il ne faut pas problématiser en Q1, juste montrer ce qui fait le lien entre les docs et qui est induit par la question !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5BCCF7" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">PLAN : compte tenu du point de vue commun aux 2 documents (ils mettent en avant les contreparties négatives de l’intervention US, il était plus logique de commencer par le positif (= termes du sujet) avant de nuancer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD2F1C7" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Les journalistes ne peuvent pas partager une opinion/ être d’accord car ils ne se sont pas « concertés ». Vous pouvez en revanche dire que les deux documents reflètent une même réalité, des inquiétudes semblables, convergent sur tel ou tel point</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A92352A" w14:textId="77777777" w:rsidR="008D449A" w:rsidRPr="003E26B7" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>La conclusion ne doit pas être une redite, ni de l’intro ni du développement = d’abord les apparences PUIS la réalité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760E45E0" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Soyez nuancés, et rendez compte des idées défendues dans les docs quand ils ne sont pas neutres !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9B965E" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="008D449A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241298F9" w14:textId="77777777" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1EF0CD2A" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk114645925"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">I – COMPREHENSION : RÉSUMÉ ANALYTIQUE COMPARATIF (sur 30 points) </w:t>
@@ -853,51 +1027,50 @@
       <w:r w:rsidRPr="00FB7C11">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:t>régimen de control territorial</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> que contradice el Artículo V del Tratado concerniente a la Neutralidad Permanente del Canal y al Funcionamiento del Canal de Panamá, que cuenta con la adhesión de 40 países, incluidos 4 de los 5 miembros permanentes del Consejo de Seguridad de la ONU. El tratado es el pilar jurídico que establece que “solo la República de Panamá manejará el Canal y mantendrá fuerzas militares, sitios de defensa e instalaciones militares dentro de su territorio nacional”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC0A771" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Las declaraciones de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Hegseth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ante el presidente Trump revelan </w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">su </w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D73">
@@ -1196,50 +1369,51 @@
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> por periodos sucesivos de tres años. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C10409">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:t>Su declaración —“a mi país no le conviene la imagen de controversia con Estados Unidos”— establece la prioridad de apariencias sobre realidades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCA003B" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">[…] Lo más alarmante es que, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C10409">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:t>apenas tres meses</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y medio de presión sostenida desde las primeras declaraciones del presidente Trump sobre “recuperar” el Canal, han bastado </w:t>
       </w:r>
       <w:r w:rsidRPr="00C10409">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:t>para desmantelar parcialmente 122 años de lucha histórica panameña</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1499,59 +1673,51 @@
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>alineamiento entre ambos líderes</w:t>
       </w:r>
       <w:r w:rsidRPr="00284875">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">, sino también </w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>el cálculo político de Washington</w:t>
       </w:r>
       <w:r w:rsidRPr="00284875">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Trump ha encontrado en Milei a uno de sus aliados regionales más fieles y, de paso, a un socio útil para su propia narrativa: si Argentina sobrevive al ajuste ultraliberal será, en buena medida, gracias al </w:t>
-[...7 lines deleted...]
-        <w:t>padrinazgo del republicano.</w:t>
+        <w:t>. Trump ha encontrado en Milei a uno de sus aliados regionales más fieles y, de paso, a un socio útil para su propia narrativa: si Argentina sobrevive al ajuste ultraliberal será, en buena medida, gracias al padrinazgo del republicano.</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00284875">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Milei devolvió la cortesía celebrando en la ONU la política migratoria y la guerra arancelaria de Trump, aunque ambas golpean directamente a la economía argentina</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, y obviando cualquier referencia a la crítica situación en Gaza y el papel de Estados Unidos en la masacre perpetrada por Israel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="797D1527" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1751,195 +1917,78 @@
     <w:p w14:paraId="3F524BBD" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="030365E7" w14:textId="7F6BEDF0" w:rsidR="005A3BBC" w:rsidRPr="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3BBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PISTES DE CORRECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10924F64" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="10924F64" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="008D449A" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les docs montrent des aspects contradictoires, il faut que cela apparaisse dans vos </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...132 lines deleted...]
-        <w:t xml:space="preserve"> vos RAC!!!</w:t>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>RAC!!!</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="62D3E926" w14:textId="23F88851" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00305647">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Utiliser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00305647">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00305647">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -2120,55 +2169,51 @@
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:t>, puesto que los electores, azotados por la crisis, tem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>n perder el apoyo estadounidense.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EC7F16" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:r>
         <w:t xml:space="preserve">Estados Unidos juega un doble juego: por un </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>lado</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> rescata a Argentina y pretende luchar contra el imperialismo chino respetando la soberanía panameña, cuando en realidad impone sus condiciones a los argentinos (que privilegian el voto del estómago a la calidad democrática), somete a su aliado Milei, vulnera la soberanía de Panamá instalando tropas y vela por sus propios intereses privilegiando Estados Unidos desde un punto de vista comercial. Todo ello de </w:t>
-[...3 lines deleted...]
-        <w:t>forma ambigua cuando no disimulada, con el objetivo de consolidar su propia legitimidad y la de su política (migratoria, económica ultraliberal, e internacional) y de proteger los intereses de EEUU.</w:t>
+        <w:t xml:space="preserve"> rescata a Argentina y pretende luchar contra el imperialismo chino respetando la soberanía panameña, cuando en realidad impone sus condiciones a los argentinos (que privilegian el voto del estómago a la calidad democrática), somete a su aliado Milei, vulnera la soberanía de Panamá instalando tropas y vela por sus propios intereses privilegiando Estados Unidos desde un punto de vista comercial. Todo ello de forma ambigua cuando no disimulada, con el objetivo de consolidar su propia legitimidad y la de su política (migratoria, económica ultraliberal, e internacional) y de proteger los intereses de EEUU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D45C8A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC"/>
     <w:p w14:paraId="3BEEE30A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00305647" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00305647">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Essentiel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00305647">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
@@ -2657,50 +2702,51 @@
         <w:t>“a mi país no le conviene la imagen de controversia con Estados Unidos”— establece la prioridad de apariencias sobre realidades</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7D5F4A" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pérdida de soberanía militar, económica, e incluso democrática (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>doc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2: Trump en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>adoubant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -3026,51 +3072,50 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Si la ayuda aportada por Estados Unidos puede aportar beneficios a los países de Latinoamérica tanto a nivel económico como a nivel político, ambos artículos evidencian que existe otra cara de la moneda: la injerencia, la dominación, y la dependencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6296F1" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00CE06E3" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los artículos de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Pais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
@@ -3262,260 +3307,94 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00935D34">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27930752" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50226">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Estados Unidos es un aliado, pero no desinteresado, ambiguo cuando no/ por no decir manipulador y el precio a pagar puede ser alto (pérdida de soberanía, éxito electoral indebido) / EEUU </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B50226">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ayuda</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B50226">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pero a expensas de la soberanía, de la independencia y de la calidad democrática. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8CA3B0" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En América Latina, parece que solo hay un paso con Estados Unidos de la ayuda a la injerencia. Si puede ser un aliado precioso, sus intereses están por encima de todo y no duda en manipular (políticamente en el caso de Argentina, legalmente en el de Panamá) para imponer su hegemonía. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04707B0C" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00B50226" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A2D223F" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00B8270F" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
-[...165 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6C91F842" w14:textId="77777777" w:rsidR="005A3BBC" w:rsidRPr="00B8270F" w:rsidRDefault="005A3BBC" w:rsidP="005A3BBC">
       <w:r w:rsidRPr="00B8270F">
         <w:t xml:space="preserve">Lien </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B8270F">
         <w:t>possible</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B8270F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B8270F">
         <w:t>avec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B8270F">
         <w:t xml:space="preserve"> Q2 en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B8270F">
         <w:t>conclusion</w:t>
       </w:r>
@@ -3603,85 +3482,1953 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>¿</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3FA3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Piensa usted que</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> América latina se ha librado de la influencia estadounidense?</w:t>
+        <w:t xml:space="preserve"> América latina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>se ha librado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751789">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la influencia estadounidense?</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ilustre su argumentación valiéndose </w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>de los documentos no utilizados en la síntesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y movilizando sus propios conocimientos sobre el tema.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CF0331" w14:textId="77777777" w:rsidR="001D3FA3" w:rsidRPr="001D3FA3" w:rsidRDefault="001D3FA3" w:rsidP="00713D26">
-[...8 lines deleted...]
-    <w:p w14:paraId="4B7DC914" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
+    <w:p w14:paraId="50CF0331" w14:textId="7F255154" w:rsidR="001D3FA3" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">→Analyse du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>sujet:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sujet assez </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>basique, il faut s’en tenir à l’Amérique Latine et aux Etats-Unis, et la chine peut être évoquée en conclusion ou pour nuancer, mais de façon secondaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9B3525" w14:textId="0659A909" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Se ha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>librado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>signifie qu’avant elle étai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>t sous emprise. Il convient peut-être de rappeler brièvement les modalités de cette domination, avant d’interroger la situation récente et actuelle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF54405" w14:textId="77777777" w:rsidR="003050C2" w:rsidRPr="00D33F99" w:rsidRDefault="003050C2" w:rsidP="003050C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC55B0F" w14:textId="148DD8DE" w:rsidR="003050C2" w:rsidRDefault="003050C2" w:rsidP="003050C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LEXIQUE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5006DD55" w14:textId="3A19A529" w:rsidR="003050C2" w:rsidRDefault="003050C2" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Liberarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≠ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>librarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (échapper à, se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>débarraser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9B7C22" w14:textId="5FDB0F29" w:rsidR="009A1C5E" w:rsidRDefault="009A1C5E" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A1C5E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Los Estados Unidos + verbo p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lural / Estados Unidos + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>vb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> singular</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE185F0" w14:textId="77777777" w:rsidR="00500E06" w:rsidRDefault="00500E06" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ser e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76C0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ntrometido / la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intromisión / la injerencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72843791" w14:textId="6C120A40" w:rsidR="009A1C5E" w:rsidRDefault="0075112E" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075112E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Arrogarse el derecho a intervenir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E36078" w14:textId="06B1A55A" w:rsidR="00065988" w:rsidRDefault="00065988" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apropiarse de / adueñarse de / hacerse con los recursos naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22352739" w14:textId="1B947680" w:rsidR="008B5C6D" w:rsidRDefault="008B5C6D" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Despojar a América Latina de sus materias primas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0248388B" w14:textId="77777777" w:rsidR="008B5C6D" w:rsidRDefault="008B5C6D" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18EACC06" w14:textId="1596110F" w:rsidR="00065988" w:rsidRPr="0075112E" w:rsidRDefault="00065988" w:rsidP="0075112E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Más que una colaboración, parece un saqueo (un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pillage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) de los recursos naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D490E1" w14:textId="7B91AD44" w:rsidR="0075112E" w:rsidRDefault="0075112E" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Convertirse en un aliado ineludible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F03C66" w14:textId="0F8EA187" w:rsidR="0075112E" w:rsidRDefault="0075112E" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prescindir del apoyo económico y militar de EEUU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AFB3B0" w14:textId="273F8547" w:rsidR="00005A29" w:rsidRDefault="00005A29" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Emanciparse de una grande potencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFDE64F" w14:textId="7DF23FBD" w:rsidR="00F96F89" w:rsidRDefault="00F96F89" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La dependencia a los intercambios comerciales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CB5457" w14:textId="1980694E" w:rsidR="00F96F89" w:rsidRDefault="00F96F89" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Despojar América Latina de sus recursos naturales y mantenerla en una situación de dependencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465E60CD" w14:textId="555FD606" w:rsidR="00E127CD" w:rsidRDefault="00E127CD" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Imponer su visión del mundo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC060DB" w14:textId="01235CB2" w:rsidR="00E127CD" w:rsidRDefault="00E127CD" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apoyar golpes de Estado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0346D8E2" w14:textId="634D9FF6" w:rsidR="007B6CCB" w:rsidRDefault="007B6CCB" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Permanecer bajo el yugo de EEUU/ caer en manos de China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4754F5E3" w14:textId="77777777" w:rsidR="007B6CCB" w:rsidRPr="009A1C5E" w:rsidRDefault="007B6CCB" w:rsidP="003050C2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D551961" w14:textId="4E85A154" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>L’ESSENTIEL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F864829" w14:textId="5DA107F1" w:rsidR="006013AA" w:rsidRPr="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 moments à distinguer : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8B0863" w14:textId="77777777" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>impérialisme</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, interventionnisme, ingérence depuis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>les indépendance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jusqu’aux années 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CDA058" w14:textId="77777777" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Repliegue </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>securitario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> después de l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>os atentados del 11S de 2001: EEUU se centra más en protegerse de las amenazas (construcción del muro)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108D3CC5" w14:textId="77777777" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Repunte de las intervenciones en el segundo mandato de Trump: Panamá, Venezuela, colaboración con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Bukele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, expulsiones de migrantes, voluntad de contrarrestar China </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5006CA28" w14:textId="7509AB10" w:rsidR="006013AA" w:rsidRPr="0068790F" w:rsidRDefault="00B50FF2" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distinguer les </w:t>
+      </w:r>
+      <w:r w:rsidR="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">divers types d’influence : </w:t>
+      </w:r>
+      <w:r w:rsidR="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>économique et militaire ou politique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022F569B" w14:textId="59DADA38" w:rsidR="0068790F" w:rsidRPr="0068790F" w:rsidRDefault="0068790F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068790F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Alineamiento económico y militar de Argentina + Noboa quiere permitir bases estadounidenses en su territorio vs no alineamiento (Venezuela, Cuba)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F47487" w14:textId="351E42B2" w:rsidR="00500E06" w:rsidRPr="00500E06" w:rsidRDefault="00500E06" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500E06">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Esta influencia se debe a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l intervencionismo estadounidense que busca intereses económicos y geopolíticos, pero también a la dependencia de América Latina hacia EEUU que le compra sus materias primas y le vende productos manufacturado que no produce (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>extractivismo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + teoría de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>dependencia )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1AA36738" w14:textId="7B2656D3" w:rsidR="002D499F" w:rsidRPr="003E1172" w:rsidRDefault="002D499F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D499F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEUU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D499F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D499F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vale de l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a Doctrina Monroe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para intervenir bajo el pretexto de proteger su seguridad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D41B83" w14:textId="2BF44F01" w:rsidR="00711B46" w:rsidRPr="00711B46" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU importa muchísimos productos de algunos países como México, Colombia (hasta el 80%) que dependen de estas exportaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00711B46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La dependencia de los países hacia EEUU varia, desde un 80% de las exportaciones mexicanas hasta el 11% del comercio exterior brasileño (exporta el 32% hacia China), pero </w:t>
+      </w:r>
+      <w:r w:rsidR="00711B46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>por ahora EEUU sigue siendo el principal socio comercial de la región con un promedio del 42% de las exportaciones de Latinoamérica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B80D538" w14:textId="5CE50F35" w:rsidR="003E1172" w:rsidRPr="009D7E55" w:rsidRDefault="00711B46" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEUU </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1172">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>mantiene a otros países bajo su dominación con sanciones (Cuba, Venezuela), creando hambre y miseria en esos países a causa del desabastecimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3920ABB8" w14:textId="5150AF6D" w:rsidR="009D7E55" w:rsidRPr="00B30FFA" w:rsidRDefault="009D7E55" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC6119">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EEUU presiona a los países</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cuando se atreven a enfrentarse a él: México, Colombia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6119">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>terminaron cediendo frente a las amenazas de aranceles</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6119">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la suspensión de visa para estudiar en el caso de Colombia cuando Petro quiso negarse a acoger colombianos expulsados de EEUU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0273CBC4" w14:textId="1C884A08" w:rsidR="00B30FFA" w:rsidRPr="003E1172" w:rsidRDefault="00B30FFA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Países alzan la voz para alertar: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093E59">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en la última cumbre so</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bre el clima, Lula (Brasil) critic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las “viejas ret</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ricas” que justifican las intervenciones militares.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5001A835" w14:textId="77777777" w:rsidR="003E1172" w:rsidRPr="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Como América Latina sigue sin desarrollarse, ni industrializarse, es dependiente de la exportación de sus materias primas y de la importación de productos. Si ya no trata tanto con EEUU, necesita otro socio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B93876B" w14:textId="26F1C4F7" w:rsidR="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Allí aparece China con sus inversiones y su proyecto “Nueva Ruta de la Seda”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F943012" w14:textId="7B1DA6C3" w:rsidR="003E1172" w:rsidRPr="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">China ha concedido préstamos: América Latina es su deudor, si no puede pagar China podría imponer contra partidas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C58083A" w14:textId="35E4C3B9" w:rsidR="003E1172" w:rsidRPr="003E1172" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>China construye infraestructuras como el puerto de chancay, le sirve para su propio comercio además de permitir desarrollo en AL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA2BD85" w14:textId="35184B11" w:rsidR="003E1172" w:rsidRPr="0068790F" w:rsidRDefault="003E1172" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">China explota los recursos naturales e incluso compró redes de electricidad (Lima), red 5G (Brasil), entonces los países dependen de ella y pierden soberanía </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113B89C8" w14:textId="3EBFCADD" w:rsidR="003E3840" w:rsidRPr="003E3840" w:rsidRDefault="0068790F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Algunos países le dan la espalda a EEUU para tratar con China</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3840">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: Brasil que integró los BRICS, países que participan a la construcción del corredor bioceánico (una carretera que pasa por Chile, Argentina, Paraguay y Brasil y permite unir los dos océanos)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C570D1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, creación del Mercosur = son intentos para </w:t>
+      </w:r>
+      <w:r w:rsidR="00C570D1" w:rsidRPr="00C570D1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>poder prescindir del apoyo estadounidense</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A40539F" w14:textId="585EEBDD" w:rsidR="0068790F" w:rsidRPr="00D33F99" w:rsidRDefault="0068790F" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>otros hacen el contrario (Argentina renunció a integrar los BRICS en 2024, China era su segundo socio comercial después de Brasil, ahora comercia más con EEUU, la UE)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2AE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o siguen colaborando con EEUU en el plano comercial por la proximidad geográfica (México = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E2AE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>nearshoring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E2AE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (acercar el lugar de producción al lugar de consumo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAA123B" w14:textId="28C71649" w:rsidR="00D33F99" w:rsidRPr="00005A29" w:rsidRDefault="00D33F99" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">METHODO: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>faut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>articuler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>parties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>sous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>parties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>doit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>clair</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(« desde</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un punto de vista </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>político »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>« en</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el plano </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>económico »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00005A29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/ «a nivel social”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ADEBFD" w14:textId="46A04FE6" w:rsidR="00D33F99" w:rsidRPr="00D33F99" w:rsidRDefault="00D33F99" w:rsidP="00D33F99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268CFB92" w14:textId="3822107C" w:rsidR="006013AA" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006013AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LES ERREURS A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>EVITER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44ED2522" w14:textId="562A707B" w:rsidR="006013AA" w:rsidRPr="00B50FF2" w:rsidRDefault="006013AA" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Il faut proscrire les généralisation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76C0E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t> : l’Amérique Latine ne forme pas un tout mais un puzzle dont chaque pièce est unique même si on peut dégager des tendances communes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356F7ECB" w14:textId="68707134" w:rsidR="00B50FF2" w:rsidRPr="001A21CE" w:rsidRDefault="00B50FF2" w:rsidP="00B50FF2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Le doc 4 est souvent évoqué mais pas analysé, il faut expliquer en quoi consiste l’influence des Etats-Unis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5255822B" w14:textId="48854D1F" w:rsidR="00B50FF2" w:rsidRPr="006013AA" w:rsidRDefault="003E3840" w:rsidP="006013AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Attention à ne pas assimiler Trump et les USA : certes il veut être omnipotent, mais la relation USA/AL peut changer sous le prochain président, comme ça a été le cas sous Biden.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0C85">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Au contraire, peu importe le président, la façon de considérer l’A.L comme un « sous-continent » à dominer semble commune à tous (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E0C85">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E0C85">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doc 5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745CF1AF" w14:textId="0DD45CB8" w:rsidR="008D449A" w:rsidRDefault="00874FF1" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Exemple</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d’essai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D295D01" w14:textId="77777777" w:rsidR="00016940" w:rsidRDefault="00016940" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desde las independencias, América Latina ha conocido décadas de intervencionismo estadounidense, legitimado por la </w:t>
+      </w:r>
+      <w:r w:rsidR="00065988">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Doctrina Monroe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y la política del “Big </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Stick</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44202F04" w14:textId="77777777" w:rsidR="00016940" w:rsidRDefault="00016940" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si en las dos primeras décadas del siglo XXI, dichas intervenciones fueron más escasas, con el nuevo mandato de Trump, un presidente </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>expansionista,  podemos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preguntarnos en qué medida América Latina se ha librado de la influencia de EEUU o si sigue siendo su patio trasero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FDEF54" w14:textId="54AB210F" w:rsidR="00065988" w:rsidRDefault="00016940" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00065988">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proteger el nuevo continente del imperialismo europeo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B94A086" w14:textId="77777777" w:rsidR="00065988" w:rsidRDefault="00065988" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Nueva lectura en el contexto de guerra fría para velar por la seguridad de EEUU e impedir el auge del comunismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297363D4" w14:textId="614522BF" w:rsidR="00065988" w:rsidRDefault="00065988" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participaron de cerca o lejos en 7 golpes de Estado, y cabe precisar que fue independiente del bando </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>poliicp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del presidente de turno, lo que muestra una actitud …?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3E1F5EEC" w14:textId="1A722EA0" w:rsidR="00874FF1" w:rsidRDefault="00874FF1" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>China se ha convertido en un socio comercial ineludible a través de una inversión masiva, mediante préstamos y construcción de infraestructuras estratégicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F33AA1A" w14:textId="77777777" w:rsidR="00874FF1" w:rsidRPr="00874FF1" w:rsidRDefault="00874FF1" w:rsidP="00874FF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6654BC7A" w14:textId="419682F3" w:rsidR="008D449A" w:rsidRDefault="008D449A" w:rsidP="00713D26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D449A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>III – Traduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7DC914" w14:textId="01459AEA" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Documento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
@@ -3914,51 +5661,51 @@
               <w:t>en el marco de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> / en el contexto del despliegue militar norteamericano en el Caribe para una operación antidroga / antinarcos,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FC0E36C" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713D26" w:rsidRPr="005A3BBC" w14:paraId="53E47AD7" w14:textId="77777777" w:rsidTr="00713D26">
+      <w:tr w:rsidR="00713D26" w:rsidRPr="00016940" w14:paraId="53E47AD7" w14:textId="77777777" w:rsidTr="00713D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="091FC383" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00713D26">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00713D26">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4105,98 +5852,100 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>assé : passé simple car daté</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38D4B9B1" w14:textId="1F17D45D" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="008413D8" w:rsidP="00713D26">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">El </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>jueves</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">« jeudi », qu’il s’agisse de celui qui vient de passer ou du prochain </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713D26" w:rsidRPr="005A3BBC" w14:paraId="5D9141E9" w14:textId="77777777" w:rsidTr="00713D26">
+      <w:tr w:rsidR="00713D26" w:rsidRPr="00016940" w14:paraId="5D9141E9" w14:textId="77777777" w:rsidTr="00713D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68E97EA4" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00713D26" w:rsidRDefault="00713D26" w:rsidP="00713D26">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713D26">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">La présence de ce bateau a déclenché l'ire de Caracas qui estimait qu'il s'agissait d'une </w:t>
             </w:r>
             <w:r w:rsidRPr="00713D26">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>« provocation »</w:t>
             </w:r>
             <w:r w:rsidRPr="00713D26">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
@@ -4485,70 +6234,69 @@
             <w:tcW w:w="3486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B639EF2" w14:textId="323214C3" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Faits de langue</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008413D8" w:rsidRPr="005A3BBC" w14:paraId="601376BA" w14:textId="77777777" w:rsidTr="008413D8">
+      <w:tr w:rsidR="008413D8" w:rsidRPr="00016940" w14:paraId="601376BA" w14:textId="77777777" w:rsidTr="008413D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A4B19E4" w14:textId="6C9C1F16" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Au total, le gouvernement Trump a revendiqué quinze attaques ces dernières semaines,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E2CFA6C" w14:textId="06659177" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">En total, el gobierno </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4599,51 +6347,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Choix du temps du passé : plutôt le passé simple car ponctuel et daté, mais le passé composé serait ici toléré</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> car le processus/ le conflit n’est pas achevé</w:t>
             </w:r>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008413D8" w:rsidRPr="005A3BBC" w14:paraId="101F798A" w14:textId="77777777" w:rsidTr="008413D8">
+      <w:tr w:rsidR="008413D8" w:rsidRPr="00016940" w14:paraId="101F798A" w14:textId="77777777" w:rsidTr="008413D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65BEAF62" w14:textId="0FDE8219" w:rsidR="008413D8" w:rsidRPr="008413D8" w:rsidRDefault="008413D8" w:rsidP="00713D26">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>faisant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008413D8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5152,139 +6900,156 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Faits de langue</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00857A11" w:rsidRPr="009D433D" w14:paraId="682AB1E9" w14:textId="77777777" w:rsidTr="00857A11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AAD260F" w14:textId="099E46A1" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857A11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Le message accompagné d’une vidéo de la frappe est clairement un coup de communication du président républicain.</w:t>
+              <w:t xml:space="preserve">Le message accompagné d’une vidéo de la frappe est clairement un coup </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00857A11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>de communication du président républicain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F99EF9A" w14:textId="08538CBE" w:rsidR="00857A11" w:rsidRPr="0081100A" w:rsidRDefault="0081100A" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081100A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">El mensaje acompañado de </w:t>
             </w:r>
             <w:r w:rsidRPr="0081100A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>un video</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> del ataque es</w:t>
             </w:r>
             <w:r w:rsidR="00DA3AFA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>/constituye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> claramente una jugada</w:t>
             </w:r>
             <w:r w:rsidR="00DA3AFA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>/ un golpe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de comunicación del presidente </w:t>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">comunicación del presidente </w:t>
             </w:r>
             <w:r w:rsidR="00DA3AFA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>republicano</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="408CDFF2" w14:textId="77777777" w:rsidR="009D433D" w:rsidRDefault="009D433D" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D433D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Autres expressions </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009D433D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>possibles:</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009D433D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59CFB057" w14:textId="77777777" w:rsidR="00857A11" w:rsidRPr="00E861D1" w:rsidRDefault="009D433D" w:rsidP="009D433D">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
@@ -5378,74 +7143,76 @@
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F89E532" w14:textId="6C06A8C4" w:rsidR="009D433D" w:rsidRPr="009D433D" w:rsidRDefault="009D433D" w:rsidP="009D433D">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>obviamente</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00857A11" w:rsidRPr="00713AAA" w14:paraId="27253744" w14:textId="77777777" w:rsidTr="00857A11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48F8367F" w14:textId="48A48D2F" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857A11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>À destination de son électorat mais aussi pour accentuer la pression sur son homologue vénézuélien.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="754F93D4" w14:textId="26E336EA" w:rsidR="00857A11" w:rsidRPr="0081100A" w:rsidRDefault="0081100A" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA41D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Destinado a</w:t>
             </w:r>
             <w:r w:rsidR="00713AAA" w:rsidRPr="00713AAA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5546,51 +7313,51 @@
           <w:p w14:paraId="08E72939" w14:textId="6EA05304" w:rsidR="00713AAA" w:rsidRPr="00713AAA" w:rsidRDefault="00713AAA" w:rsidP="00713AAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713AAA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Ici il s’agit d’apporter u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>ne nuance, une info supplémentaire (et pas de contredire !) = PERO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857A11" w:rsidRPr="005A3BBC" w14:paraId="5C8F67F5" w14:textId="77777777" w:rsidTr="00857A11">
+      <w:tr w:rsidR="00857A11" w:rsidRPr="00016940" w14:paraId="5C8F67F5" w14:textId="77777777" w:rsidTr="00857A11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59C5F116" w14:textId="417B5B79" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857A11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>C’est un secret de polichinelle : l’administration Trump veut renverser le régime autoritaire vénézuélien, trop proche de la Chine et de Cuba au goût des USA et plus que contesté dans son propre pays.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
@@ -5666,96 +7433,94 @@
               <w:t>cercano a / próximo a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> China y Cuba </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA41D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>en opinión de / del gusto de / según</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> los Estados Unidos y más que </w:t>
             </w:r>
             <w:r w:rsidR="00B203A2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">criticado / </w:t>
             </w:r>
             <w:r w:rsidR="00B203A2" w:rsidRPr="00B203A2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>cuestionado</w:t>
             </w:r>
             <w:r w:rsidR="00B203A2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> en su propio país. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FEF9315" w14:textId="77777777" w:rsidR="00E861D1" w:rsidRPr="00E861D1" w:rsidRDefault="00E861D1" w:rsidP="00BB5FC1">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Double</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>négation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E861D1">
@@ -5853,109 +7618,101 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>dans l’espace = “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>cerca</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de » / affectif ou idéologique = </w:t>
-[...6 lines deleted...]
-              <w:t>« </w:t>
+              <w:t xml:space="preserve"> de » / affectif ou idéologique = « </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>cercano</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> a », « </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>proximo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E861D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> a »</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00857A11" w:rsidRPr="00B203A2" w14:paraId="4FAD1ECD" w14:textId="77777777" w:rsidTr="00857A11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04941672" w14:textId="5CEFEA7A" w:rsidR="00857A11" w:rsidRPr="00857A11" w:rsidRDefault="00857A11" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857A11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mais surtout parce que le pays de 28 millions d’habitants détient les premières réserves mondiales de pétrole brut (près de 302 milliards de barils, soit un cinquième des réserves) et les quatrièmes de gaz naturel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="402DD13B" w14:textId="4B5E2376" w:rsidR="00857A11" w:rsidRPr="00B203A2" w:rsidRDefault="00B203A2" w:rsidP="00713D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B203A2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Pero </w:t>
             </w:r>
             <w:r w:rsidRPr="00B203A2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:highlight w:val="yellow"/>
@@ -6528,50 +8285,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, « les États-Unis construisent un nouveau récit dans le seul but de justifier une action militaire ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1776D8" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Figaro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -6624,51 +8382,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Documento n°4 – Intervenciones de EE.UU. en América - historiaybiografias.com</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55290D5D" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CD84E43" wp14:editId="513F275F">
             <wp:extent cx="5405770" cy="3596640"/>
             <wp:effectExtent l="0" t="0" r="4445" b="3810"/>
             <wp:docPr id="1439275709" name="Imagen 1" descr="Intervencionismo de Estados Unidos en America Latina en el Siglo XIX"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Intervencionismo de Estados Unidos en America Latina en el Siglo XIX"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -6728,50 +8485,51 @@
         <w:t xml:space="preserve">Documento n°5 – Participación de EEUU en golpes de Estado en AL desde 1950 - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>hispanTV</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1AC69F75" w14:textId="77777777" w:rsidR="00713D26" w:rsidRPr="00751789" w:rsidRDefault="00713D26" w:rsidP="00713D26">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751789">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ED648D7" wp14:editId="7DB55E6E">
             <wp:extent cx="6347460" cy="3572190"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="2103789451" name="Imagen 3" descr="Infografía de HispanTV."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="Infografía de HispanTV."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -7634,130 +9392,346 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DAB14AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CCFEB4F4"/>
+    <w:lvl w:ilvl="0" w:tplc="4838FC04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EE636F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34C4B736"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1121533319">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="873470078">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1315258141">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1129664149">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2005738990">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1269971893">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1751539021">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="225184018">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00713D26"/>
+    <w:rsid w:val="00005A29"/>
+    <w:rsid w:val="00016940"/>
+    <w:rsid w:val="00065988"/>
     <w:rsid w:val="001D3FA3"/>
+    <w:rsid w:val="001D6056"/>
     <w:rsid w:val="002317AB"/>
     <w:rsid w:val="00284875"/>
     <w:rsid w:val="0028793D"/>
+    <w:rsid w:val="002D499F"/>
+    <w:rsid w:val="003050C2"/>
+    <w:rsid w:val="003E1172"/>
+    <w:rsid w:val="003E3840"/>
+    <w:rsid w:val="00500E06"/>
     <w:rsid w:val="005A3BBC"/>
+    <w:rsid w:val="006013AA"/>
     <w:rsid w:val="0065130B"/>
     <w:rsid w:val="00660AFF"/>
+    <w:rsid w:val="00666593"/>
+    <w:rsid w:val="0068790F"/>
+    <w:rsid w:val="00711B46"/>
     <w:rsid w:val="00713AAA"/>
     <w:rsid w:val="00713D26"/>
+    <w:rsid w:val="0075112E"/>
+    <w:rsid w:val="00760065"/>
+    <w:rsid w:val="007B6CCB"/>
     <w:rsid w:val="007F037E"/>
     <w:rsid w:val="0081100A"/>
     <w:rsid w:val="008413D8"/>
     <w:rsid w:val="00857A11"/>
+    <w:rsid w:val="00874FF1"/>
     <w:rsid w:val="008B576E"/>
+    <w:rsid w:val="008B5C6D"/>
+    <w:rsid w:val="008D449A"/>
+    <w:rsid w:val="008E2AE8"/>
     <w:rsid w:val="00952FC6"/>
+    <w:rsid w:val="009A1C5E"/>
     <w:rsid w:val="009D433D"/>
+    <w:rsid w:val="009D7E55"/>
+    <w:rsid w:val="009E0C85"/>
     <w:rsid w:val="00A464BC"/>
+    <w:rsid w:val="00A76C0E"/>
     <w:rsid w:val="00A7747B"/>
     <w:rsid w:val="00AB12E1"/>
     <w:rsid w:val="00AF1DE6"/>
+    <w:rsid w:val="00B07B04"/>
     <w:rsid w:val="00B203A2"/>
+    <w:rsid w:val="00B30FFA"/>
+    <w:rsid w:val="00B50FF2"/>
     <w:rsid w:val="00BB5998"/>
     <w:rsid w:val="00BB5FC1"/>
     <w:rsid w:val="00BE64D0"/>
     <w:rsid w:val="00BF4F51"/>
     <w:rsid w:val="00C10409"/>
+    <w:rsid w:val="00C570D1"/>
     <w:rsid w:val="00C85752"/>
     <w:rsid w:val="00CA41D3"/>
     <w:rsid w:val="00D20429"/>
+    <w:rsid w:val="00D33F99"/>
     <w:rsid w:val="00DA3AFA"/>
+    <w:rsid w:val="00E127CD"/>
     <w:rsid w:val="00E20D73"/>
     <w:rsid w:val="00E861D1"/>
+    <w:rsid w:val="00EC6119"/>
     <w:rsid w:val="00F201E7"/>
     <w:rsid w:val="00F25C2B"/>
+    <w:rsid w:val="00F96F89"/>
     <w:rsid w:val="00FB7C11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9140,70 +11114,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>21060</Characters>
+  <Pages>12</Pages>
+  <Words>4798</Words>
+  <Characters>26394</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>175</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>219</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24840</CharactersWithSpaces>
+  <CharactersWithSpaces>31130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Magali Vion</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>